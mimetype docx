--- v0 (2025-11-03)
+++ v1 (2026-02-23)
@@ -1,99 +1,141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="66B8D610" w14:textId="77777777" w:rsidR="00F316C5" w:rsidRPr="00E67C9C" w:rsidRDefault="0079208A" w:rsidP="002E64EB">
+    <w:p w14:paraId="66B8D610" w14:textId="2FAE4F5A" w:rsidR="00F316C5" w:rsidRPr="00E67C9C" w:rsidRDefault="00D64D0E" w:rsidP="002E64EB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="center" w:pos="4986"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="44"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:pict w14:anchorId="123EB4EF">
-[...23 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="123EB4EF" wp14:editId="4D26FFDE">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>68580</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="414655" cy="414655"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20839"/>
+                <wp:lineTo x="20839" y="20839"/>
+                <wp:lineTo x="20839" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="414655" cy="414655"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00D439F4" w:rsidRPr="00E67C9C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">TANDRIDGE </w:t>
       </w:r>
       <w:r w:rsidR="00025284" w:rsidRPr="00E67C9C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>YOUTH</w:t>
       </w:r>
       <w:r w:rsidR="00D439F4" w:rsidRPr="00E67C9C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -316,67 +358,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>can sign</w:t>
       </w:r>
       <w:r w:rsidR="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0044597E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>a player who they know to be already registered with another club, they</w:t>
       </w:r>
       <w:r w:rsidR="00033927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> are required by FA Rule </w:t>
-[...15 lines deleted...]
-        <w:t>2)</w:t>
+        <w:t xml:space="preserve"> are required by FA Rule C(2)</w:t>
       </w:r>
       <w:r w:rsidRPr="0044597E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> to send a </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67C9C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>written ‘Notice of Approach’</w:t>
       </w:r>
       <w:r w:rsidR="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> to the holding club and, </w:t>
       </w:r>
       <w:r w:rsidR="00F316C5" w:rsidRPr="00F915AA">
         <w:rPr>
@@ -865,67 +891,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="009A53E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="0000CC"/>
         </w:rPr>
         <w:t xml:space="preserve">Please make a bank transfer to TYL </w:t>
       </w:r>
       <w:r w:rsidRPr="00443ADB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Sort Code 77-29-</w:t>
-[...15 lines deleted...]
-        <w:t>/C 40728560</w:t>
+        <w:t>Sort Code 77-29-18  A/C 40728560</w:t>
       </w:r>
       <w:r w:rsidRPr="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="0000CC"/>
         </w:rPr>
         <w:t xml:space="preserve"> and quote reference, </w:t>
       </w:r>
       <w:r w:rsidR="00033927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="0000CC"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="0000CC"/>
         </w:rPr>
         <w:t xml:space="preserve">TRF U </w:t>
       </w:r>
@@ -978,80 +988,60 @@
           <w:right w:val="single" w:sz="4" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D439F4" w:rsidRPr="006A4F35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D439F4" w:rsidRPr="006A4F35">
+        <w:t>I enclose;</w:t>
+      </w:r>
+      <w:r w:rsidR="00F915AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>enclose;</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">             </w:t>
+        <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="00F915AA" w:rsidRPr="00F915AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Do NOT send this TAN 4 directly to the holding Club – it will delay matters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D99C92" w14:textId="0F990849" w:rsidR="0044597E" w:rsidRPr="00F316C5" w:rsidRDefault="00975845" w:rsidP="002E64EB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:rPr>
@@ -1128,83 +1118,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Secretary</w:t>
       </w:r>
       <w:r w:rsidR="002E64EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0044597E" w:rsidRPr="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0044597E" w:rsidRPr="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775860CE" w14:textId="77777777" w:rsidR="00975845" w:rsidRPr="00F316C5" w:rsidRDefault="00E67C9C" w:rsidP="002E64EB">
+    <w:p w14:paraId="775860CE" w14:textId="36DCCBB9" w:rsidR="00975845" w:rsidRPr="00F316C5" w:rsidRDefault="00E67C9C" w:rsidP="002E64EB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>TWO</w:t>
       </w:r>
       <w:r w:rsidR="0044597E" w:rsidRPr="00F316C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> new fully completed ID cards for registration with the new team </w:t>
       </w:r>
+      <w:r w:rsidR="00D64D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">where applicable </w:t>
+      </w:r>
       <w:r w:rsidR="006A4F35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>(submitted by post)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1486C1E3" w14:textId="77777777" w:rsidR="0044597E" w:rsidRPr="00F316C5" w:rsidRDefault="0044597E" w:rsidP="002E64EB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
@@ -2398,67 +2395,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>b) *</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Object to the transfer </w:t>
       </w:r>
       <w:r w:rsidR="00321D9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">for reasons connected with FA Rule </w:t>
-[...15 lines deleted...]
-        <w:t>2) and allege an ‘illegal approach’.</w:t>
+        <w:t>for reasons connected with FA Rule C(2) and allege an ‘illegal approach’.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B29E21" w14:textId="77777777" w:rsidR="00844105" w:rsidRDefault="00321D9A" w:rsidP="00844105">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00844105">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>A separate report has been submitt</w:t>
@@ -2637,273 +2618,248 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00321D9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>DATE:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D439F4" w:rsidRPr="00DB49BC" w:rsidSect="0044597E">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="510" w:right="720" w:bottom="510" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A3C6018"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A77A75B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DCA111F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1029912765">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="484975591">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...2 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...25 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00025284"/>
     <w:rsid w:val="00025284"/>
     <w:rsid w:val="00033927"/>
     <w:rsid w:val="00037011"/>
     <w:rsid w:val="000C3BE6"/>
     <w:rsid w:val="001E70E2"/>
     <w:rsid w:val="002E64EB"/>
     <w:rsid w:val="00321D9A"/>
     <w:rsid w:val="00443ADB"/>
     <w:rsid w:val="0044597E"/>
     <w:rsid w:val="00446AB8"/>
     <w:rsid w:val="004C7131"/>
     <w:rsid w:val="00523026"/>
     <w:rsid w:val="00587295"/>
     <w:rsid w:val="00687116"/>
     <w:rsid w:val="006A4F35"/>
+    <w:rsid w:val="00717866"/>
     <w:rsid w:val="0079208A"/>
     <w:rsid w:val="007F2D3D"/>
     <w:rsid w:val="008078A0"/>
     <w:rsid w:val="00844105"/>
     <w:rsid w:val="008F7849"/>
     <w:rsid w:val="009038A6"/>
     <w:rsid w:val="00975845"/>
     <w:rsid w:val="009A53E4"/>
     <w:rsid w:val="009E271C"/>
     <w:rsid w:val="00A93FBB"/>
     <w:rsid w:val="00B152A9"/>
     <w:rsid w:val="00B92310"/>
     <w:rsid w:val="00C105A4"/>
     <w:rsid w:val="00CE3F6F"/>
     <w:rsid w:val="00D439F4"/>
+    <w:rsid w:val="00D64D0E"/>
     <w:rsid w:val="00DB49BC"/>
     <w:rsid w:val="00E41E25"/>
     <w:rsid w:val="00E67C9C"/>
     <w:rsid w:val="00F316C5"/>
     <w:rsid w:val="00F915AA"/>
     <w:rsid w:val="00FC2E0B"/>
     <w:rsid w:val="00FD5462"/>
     <w:rsid w:val="00FF7D80"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="76EAB43F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9EFC3D11-8ACC-4AA9-90C6-18B4719B6924}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -3213,51 +3169,51 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="009A53E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="009A53E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -3488,75 +3444,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>474</Words>
-  <Characters>2707</Characters>
+  <Words>477</Words>
+  <Characters>2721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TANDRIDGE JUNIOR FOOTBALL LEAGUE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Gateway</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3175</CharactersWithSpaces>
+  <CharactersWithSpaces>3192</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TANDRIDGE JUNIOR FOOTBALL LEAGUE</dc:title>
   <dc:subject/>
   <dc:creator>Alan Clarke</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_831f0267-8575-4fc2-99cc-f6b7f9934be9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>