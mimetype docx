--- v0 (2025-11-03)
+++ v1 (2026-02-23)
@@ -5,505 +5,619 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="21DA8E1A" w14:textId="1CA617D0" w:rsidR="0017077A" w:rsidRPr="002810F8" w:rsidRDefault="00BF5C9F" w:rsidP="002E4142">
+    <w:p w14:paraId="21DA8E1A" w14:textId="2C5FE4B5" w:rsidR="0017077A" w:rsidRPr="002810F8" w:rsidRDefault="008877A6" w:rsidP="002E4142">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017077A">
         <w:rPr>
           <w:noProof/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="785BD238" wp14:editId="593EEF0C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="785BD238" wp14:editId="5FD684FD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1183640</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>208280</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4143375" cy="307340"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1" name="WordArt 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4143375" cy="307340"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:extLst>
                           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst/>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6D023330" w14:textId="77777777" w:rsidR="00147D2B" w:rsidRDefault="0017077A" w:rsidP="0017077A">
-[...35 lines deleted...]
-                          <w:p w14:paraId="4F27E1A8" w14:textId="5D9421FB" w:rsidR="0017077A" w:rsidRPr="00147D2B" w:rsidRDefault="00460D5E" w:rsidP="0017077A">
+                          <w:p w14:paraId="1645A6FD" w14:textId="77777777" w:rsidR="006D255B" w:rsidRDefault="002413D5" w:rsidP="00E96B27">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t xml:space="preserve">Phase One </w:t>
+                              <w:t>SPRING</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00EA1098">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0017077A" w:rsidRPr="00147D2B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t>RULES</w:t>
+                              <w:t>TROPHY EVENT</w:t>
                             </w:r>
-                            <w:r w:rsidR="00B93570">
+                            <w:r w:rsidR="002F19D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t xml:space="preserve"> for the</w:t>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00100776">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>C</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00EF487F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>OMPETITIONS</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002F19D8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> RULES</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F6247F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="78AF1A1D" w14:textId="7BF37442" w:rsidR="0017077A" w:rsidRDefault="009C7B83" w:rsidP="0017077A">
+                          <w:p w14:paraId="78AF1A1D" w14:textId="2C1FD3BA" w:rsidR="0017077A" w:rsidRPr="00F05CAB" w:rsidRDefault="00FA7CC4" w:rsidP="00E96B27">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:solidFill>
+                                    <w14:srgbClr w14:val="000000"/>
+                                  </w14:solidFill>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t>SPRING</w:t>
+                              <w:t>(U</w:t>
                             </w:r>
-                            <w:r w:rsidR="00995541">
+                            <w:r w:rsidR="00557B61">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 5v5</w:t>
+                              <w:t>7 &amp; U8</w:t>
                             </w:r>
-                            <w:r w:rsidR="00BF5C9F" w:rsidRPr="0017077A">
+                            <w:r w:rsidR="006D255B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t xml:space="preserve"> competitions</w:t>
+                              <w:t>)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                         <a:prstTxWarp prst="textPlain">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 50000"/>
                           </a:avLst>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="785BD238" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="WordArt 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:93.2pt;margin-top:16.4pt;width:326.25pt;height:24.2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDA9okb7wEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JjpykEy4GbNL2k&#10;TYC4yHnNh6VW5LIkbcl/3yUtO0VzC6oDIS3J2ZnZ0eJ6MB3bKx9atDWfTkrOlBUoW7ut+Y/13YdP&#10;nIUIVkKHVtX8oAK/Xr5/t+hdpS6wwU4qzwjEhqp3NW9idFVRBNEoA2GCTlna1OgNRPr020J66And&#10;dMVFWX4sevTSeRQqBKreHjf5MuNrrUR80DqoyLqaE7eYV5/XTVqL5QKqrQfXtGKkAW9gYaC11PQM&#10;dQsR2M63r6BMKzwG1HEi0BSodStU1kBqpuU/ap4acCprIXOCO9sU/h+s+L5/co+exeEzDjTALCK4&#10;exS/ArN404DdqpX32DcKJDWe8nM501sfHI01V9dqiF9kSx5Pk69F70I14qd5hCqkTpv+G0q6AruI&#10;udugvUnWkRmMKNCUDufJECITVJxP57PZ1SVngvZm5dVsnkdXQHW67XyIXxUall5q7mnyGR329yEm&#10;NlCdjozUEpsjrzhsBjqSKG5QHohkT4moefi9A69I8M7cIAWIVGqP5pkit/JZZuKdYNfDM3g39o7E&#10;+rE7JSITyNGQzIJJyuVPAjIdBW0PHbss6cmGQTUeHskeUdPd4FZk112blbzwHJVQNrLAMccpfH9/&#10;51Mvf9vyDwAAAP//AwBQSwMEFAAGAAgAAAAhAPvQtjfcAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01Pg0AQhu8m/ofNmHizC1QbRJam8SPx4MWK9yk7ApGdJey20H/veNLbvJkn70e5XdygTjSF&#10;3rOBdJWAIm687bk1UH+83OSgQkS2OHgmA2cKsK0uL0osrJ/5nU772Cox4VCggS7GsdA6NB05DCs/&#10;Esvvy08Oo8ip1XbCWczdoLMk2WiHPUtChyM9dtR874/OQIx2l57rZxdeP5e3p7lLmjusjbm+WnYP&#10;oCIt8Q+G3/pSHSrpdPBHtkENovPNraAG1plMECBf5/egDnKkGeiq1P8XVD8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAwPaJG+8BAAC1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA+9C2N9wAAAAJAQAADwAAAAAAAAAAAAAAAABJBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" filled="f" stroked="f">
                 <o:lock v:ext="edit" shapetype="t"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="6D023330" w14:textId="77777777" w:rsidR="00147D2B" w:rsidRDefault="0017077A" w:rsidP="0017077A">
-[...35 lines deleted...]
-                    <w:p w14:paraId="4F27E1A8" w14:textId="5D9421FB" w:rsidR="0017077A" w:rsidRPr="00147D2B" w:rsidRDefault="00460D5E" w:rsidP="0017077A">
+                    <w:p w14:paraId="1645A6FD" w14:textId="77777777" w:rsidR="006D255B" w:rsidRDefault="002413D5" w:rsidP="00E96B27">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
-                        <w:t xml:space="preserve">Phase One </w:t>
+                        <w:t>SPRING</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00EA1098">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0017077A" w:rsidRPr="00147D2B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
-                        <w:t>RULES</w:t>
+                        <w:t>TROPHY EVENT</w:t>
                       </w:r>
-                      <w:r w:rsidR="00B93570">
+                      <w:r w:rsidR="002F19D8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
-                        <w:t xml:space="preserve"> for the</w:t>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00100776">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>C</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00EF487F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>OMPETITIONS</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002F19D8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> RULES</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F6247F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="78AF1A1D" w14:textId="7BF37442" w:rsidR="0017077A" w:rsidRDefault="009C7B83" w:rsidP="0017077A">
+                    <w:p w14:paraId="78AF1A1D" w14:textId="2C1FD3BA" w:rsidR="0017077A" w:rsidRPr="00F05CAB" w:rsidRDefault="00FA7CC4" w:rsidP="00E96B27">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:solidFill>
+                              <w14:srgbClr w14:val="000000"/>
+                            </w14:solidFill>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
-                        <w:t>SPRING</w:t>
+                        <w:t>(U</w:t>
                       </w:r>
-                      <w:r w:rsidR="00995541">
+                      <w:r w:rsidR="00557B61">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 5v5</w:t>
+                        <w:t>7 &amp; U8</w:t>
                       </w:r>
-                      <w:r w:rsidR="00BF5C9F" w:rsidRPr="0017077A">
+                      <w:r w:rsidR="006D255B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
-                        <w:t xml:space="preserve"> competitions</w:t>
+                        <w:t>)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="002E4142">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r w:rsidR="000F53D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000F53D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000F53D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA6D840" w14:textId="405434FE" w:rsidR="0017077A" w:rsidRDefault="0017077A" w:rsidP="0017077A">
+    <w:p w14:paraId="6FA6D840" w14:textId="5FDC957E" w:rsidR="0017077A" w:rsidRDefault="0017077A" w:rsidP="0017077A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017077A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B5A30E7" wp14:editId="1AB6E17A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>358140</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>346710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="485775" cy="295275"/>
@@ -790,3075 +904,2507 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D6DE1D" w14:textId="743EFD47" w:rsidR="00BD5F54" w:rsidRPr="0059061F" w:rsidRDefault="0017077A" w:rsidP="002E4142">
+    <w:p w14:paraId="588A41BA" w14:textId="50F0C8CD" w:rsidR="0017077A" w:rsidRPr="0017077A" w:rsidRDefault="0017077A" w:rsidP="0017077A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017077A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r w:rsidRPr="0017077A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0017077A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0017077A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DDF291A" w14:textId="57B0E2AF" w:rsidR="0017077A" w:rsidRPr="00D21B0E" w:rsidRDefault="0017077A" w:rsidP="002E4142">
+    <w:p w14:paraId="4EF6C24F" w14:textId="77777777" w:rsidR="00AF1663" w:rsidRDefault="00AF1663" w:rsidP="002E4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DDF291A" w14:textId="4AEA3E33" w:rsidR="0017077A" w:rsidRPr="00D21B0E" w:rsidRDefault="0017077A" w:rsidP="002E4142">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Tandridge League</w:t>
       </w:r>
-      <w:r w:rsidR="00995541">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00BF5C9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Spring</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00557B61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5v5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF162B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B451B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring</w:t>
       </w:r>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Trophy Event Competitions</w:t>
       </w:r>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are </w:t>
       </w:r>
       <w:r w:rsidR="00BB5DF6" w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> age groups</w:t>
+        <w:t>intended for teams in the Under</w:t>
+      </w:r>
+      <w:r w:rsidR="00517E8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF33AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97A1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF33AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; 8 </w:t>
       </w:r>
       <w:r w:rsidR="00BB5DF6" w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which would otherwise be playing Development Matches. The Trophy Events follow FA guidelines and offer players the opportunity to experience playing a fixed number of competitive matches over a number of match days.</w:t>
+        <w:t xml:space="preserve">age groups which would otherwise be playing Development Matches. The Trophy Events follow FA guidelines and offer players the opportunity to experience playing a fixed number of competitive matches over </w:t>
+      </w:r>
+      <w:r w:rsidR="0001205F" w:rsidRPr="00D21B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>several</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5DF6" w:rsidRPr="00D21B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> match days.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7538BAFC" w14:textId="292BD741" w:rsidR="0017077A" w:rsidRPr="00D21B0E" w:rsidRDefault="00D21B0E" w:rsidP="002E4142">
+    <w:p w14:paraId="7538BAFC" w14:textId="2DFCBE05" w:rsidR="0017077A" w:rsidRPr="00D21B0E" w:rsidRDefault="00D21B0E" w:rsidP="002E4142">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Team managers and especially parents, need to keep a sense of proportion over the significance of these games and not be </w:t>
+        <w:t xml:space="preserve">Team managers and especially </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4D8A" w:rsidRPr="00D21B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> need to keep a sense of proportion over the significance of these games and not be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">influenced by the change from ‘development’ fixtures to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>competition matches.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0803E9FE" w14:textId="77777777" w:rsidR="00D21B0E" w:rsidRPr="00D21B0E" w:rsidRDefault="00D21B0E" w:rsidP="00D21B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00852B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Rule 1:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All our </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0001205F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trophy Event matches are for the fun and enjoyment</w:t>
       </w:r>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        <w:t>Trophy Event matches are for the fun and enjoyment</w:t>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D21B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the children who take part. They are NOT to boost the ego of the adults who run the teams and nor are they an excuse for over excitable parents to become too vocal or disruptive. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It is essential that team Officials manage the expectations and the behaviour of their ‘adult supporters’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ust because these games involve an element of competition, it does not provide any excuse or justification for offensive and unsporting comments from the touchlines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A99D9A7" w14:textId="77777777" w:rsidR="00D21B0E" w:rsidRPr="002810F8" w:rsidRDefault="00D97026" w:rsidP="002E4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21B0E" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Competitions</w:t>
+      </w:r>
+      <w:r w:rsidR="000F53D8" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4845D0" w14:textId="151BA74E" w:rsidR="00D21B0E" w:rsidRPr="002810F8" w:rsidRDefault="00D21B0E" w:rsidP="00097502">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At each age group, </w:t>
+      </w:r>
+      <w:r w:rsidR="00577BBE" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00577BBE" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D21B0E">
-[...32 lines deleted...]
-        <w:t>ust because these games involve an element of competition, it does not provide any excuse or justification for offensive and unsporting comments from the touchlines.</w:t>
+      <w:r w:rsidR="00577BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>competition</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2005">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be known</w:t>
+      </w:r>
+      <w:r w:rsidR="00E665F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3058" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0160" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trophy Event</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58729C30" w14:textId="77777777" w:rsidR="008C0A3E" w:rsidRDefault="0059061F" w:rsidP="00097502">
-[...50 lines deleted...]
-        <w:t>u7 team or more than one u8 team.</w:t>
+    <w:p w14:paraId="5AAD50C8" w14:textId="0871057C" w:rsidR="00097502" w:rsidRPr="002810F8" w:rsidRDefault="005E0B0C" w:rsidP="00097502">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00852B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All matches shall be played in a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97026" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccordance with the FA Laws for </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF33AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE51A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97026" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ootball as applicable to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>each Age</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Group. The following competition (Trophy Event) Rules will also apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5A28" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as too does League Rule 5 (Powers of</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51F25" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Management) and League Rule </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE16FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51F25" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.L</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (eligibility for a Semi Final or Final). Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00496260" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e competitions will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">normally </w:t>
+      </w:r>
+      <w:r w:rsidR="00496260" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be played over</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0160" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> five or</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> six ‘match </w:t>
+      </w:r>
+      <w:r w:rsidR="00037381" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0160" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">depending on the number of teams in a competition. </w:t>
+      </w:r>
+      <w:r w:rsidR="00470BA5" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Between the first phase and second phase games, development fixtures will be played.</w:t>
+      </w:r>
+      <w:r w:rsidR="0044154B" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Matters arising which are not covered by these r</w:t>
+      </w:r>
+      <w:r w:rsidR="00496260" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ules will be determined by the Management C</w:t>
+      </w:r>
+      <w:r w:rsidR="0044154B" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ommittee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDEFA5B" w14:textId="2F378FD0" w:rsidR="0047221D" w:rsidRPr="008C0A3E" w:rsidRDefault="008E6226" w:rsidP="00097502">
-[...669 lines deleted...]
-    <w:p w14:paraId="4600DD8D" w14:textId="75C7F7CE" w:rsidR="00097502" w:rsidRPr="002810F8" w:rsidRDefault="004A4C99" w:rsidP="00195BF2">
+    <w:p w14:paraId="4600DD8D" w14:textId="54F525DD" w:rsidR="00097502" w:rsidRPr="002810F8" w:rsidRDefault="00F22753" w:rsidP="00195BF2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="1840"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002810F8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>First Phase</w:t>
+        <w:t>First</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4C99" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Phase</w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00470BA5" w:rsidRPr="002810F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="002810F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001650E2">
+      <w:r w:rsidR="000C3CDA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">starting </w:t>
       </w:r>
-      <w:r w:rsidR="00BF5C9F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">in </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007929A6">
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:r w:rsidR="008D09EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="008D09EB" w:rsidRPr="008D09EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidR="008D09EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004719E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>February</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5C9F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="007929A6">
+      <w:r w:rsidR="002B0C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A404ABB" w14:textId="77777777" w:rsidR="00097502" w:rsidRPr="002810F8" w:rsidRDefault="00097502" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="342629A4" w14:textId="23DF7D46" w:rsidR="005E0B0C" w:rsidRPr="002810F8" w:rsidRDefault="005E0B0C" w:rsidP="005E0B0C">
+    <w:p w14:paraId="72365D97" w14:textId="77777777" w:rsidR="00923404" w:rsidRDefault="00923404" w:rsidP="00340DDB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...108 lines deleted...]
-      </w:r>
+          <w:color w:val="000099"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F7FBFF9" w14:textId="70537794" w:rsidR="00097502" w:rsidRPr="002810F8" w:rsidRDefault="005E0B0C" w:rsidP="00097502">
+    <w:p w14:paraId="2AB16317" w14:textId="64CE6428" w:rsidR="00923404" w:rsidRPr="00ED3D1F" w:rsidRDefault="00923404" w:rsidP="00340DDB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00852B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 5</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4D8A" w:rsidRPr="00852B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4D8A" w:rsidRPr="00C8379E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Normal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8379E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002810F8">
-[...5 lines deleted...]
-        <w:t>except where the overall number of participants requires a Group of a higher or lower number of teams.</w:t>
+      <w:r w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Time </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00730AC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE51A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00730AC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="008D09EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> age group is 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE51A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minutes each way.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F49DB4" w14:textId="77777777" w:rsidR="00097502" w:rsidRPr="00AC62E1" w:rsidRDefault="00097502" w:rsidP="00097502">
+    <w:p w14:paraId="3FE87009" w14:textId="72EC2249" w:rsidR="0063417B" w:rsidRPr="00ED3D1F" w:rsidRDefault="0063417B" w:rsidP="002A5DCF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00456503">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B1B764" w14:textId="77777777" w:rsidR="00923404" w:rsidRPr="002810F8" w:rsidRDefault="00923404" w:rsidP="00340DDB">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="145B6C0C" w14:textId="45EE87BD" w:rsidR="005E0B0C" w:rsidRPr="002810F8" w:rsidRDefault="005E0B0C" w:rsidP="00340DDB">
+    <w:p w14:paraId="7CAB8595" w14:textId="36C4E539" w:rsidR="00444432" w:rsidRDefault="00923404" w:rsidP="00340DDB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...61 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rule 6: </w:t>
+      </w:r>
+      <w:r w:rsidR="006A527F" w:rsidRPr="00116BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidR="00A917BC" w:rsidRPr="00116BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Extra Time</w:t>
+      </w:r>
+      <w:r w:rsidR="00730AC9" w:rsidRPr="00116BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be played</w:t>
+      </w:r>
+      <w:r w:rsidR="005648B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002810F8">
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> to a compulsory Penalty shoot-out.</w:t>
+      <w:r w:rsidR="000A2902">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>if the game is drawn go straight to penalties.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A917BC" w:rsidRPr="00116BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757FF240" w14:textId="2F619B6C" w:rsidR="00923404" w:rsidRPr="002810F8" w:rsidRDefault="005E0B0C" w:rsidP="00340DDB">
+    <w:p w14:paraId="7257F5AA" w14:textId="77777777" w:rsidR="00444432" w:rsidRDefault="00444432" w:rsidP="00340DDB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...416 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="57D23850" w14:textId="77777777" w:rsidR="00923404" w:rsidRPr="002810F8" w:rsidRDefault="00923404" w:rsidP="00923404">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19F2ED63" w14:textId="2CF31DB3" w:rsidR="00ED3D1F" w:rsidRPr="00ED3D1F" w:rsidRDefault="00ED3D1F" w:rsidP="00ED3D1F">
+    <w:p w14:paraId="07D0CE47" w14:textId="4C3069E7" w:rsidR="00097502" w:rsidRDefault="00ED3D1F" w:rsidP="00923404">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rule 7: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Rule 7</w:t>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Penalty shoot-out</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0847">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penalty shoot-out is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Penalty shoot-out</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">compulsory for games which are drawn as per Rule 6 and is to be based </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘best of five’</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penalties </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taken alternately;</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and if still even then ‘sudden death’. </w:t>
+      </w:r>
+      <w:r w:rsidR="00996634" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NB: </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The procedures for the Penalty Kicks shall be as described i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51F25" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6A95" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Law 10 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51F25" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘The Laws of The Game’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as authorised by</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IFAB</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6A95" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D950A7" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The winner of this shoot-out gains one </w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00D950A7" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bonus</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00D950A7" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> point.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D0CE47" w14:textId="106D2925" w:rsidR="00097502" w:rsidRPr="00ED3D1F" w:rsidRDefault="00ED3D1F" w:rsidP="00923404">
+    <w:p w14:paraId="2F4E5E9F" w14:textId="5EAB8448" w:rsidR="000A4448" w:rsidRPr="00B81054" w:rsidRDefault="000A4448" w:rsidP="00923404">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...215 lines deleted...]
-        <w:t xml:space="preserve"> point.</w:t>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Clarification. The five penalties are to be taken by the 5 players on the pitch at the end of the match</w:t>
+      </w:r>
+      <w:r w:rsidR="00E229CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This includes the goalkeeper. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1200F7ED" w14:textId="77777777" w:rsidR="00ED3D1F" w:rsidRPr="002810F8" w:rsidRDefault="00ED3D1F" w:rsidP="00923404">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70861BF5" w14:textId="1951D9CF" w:rsidR="00340DDB" w:rsidRPr="00ED3D1F" w:rsidRDefault="00ED3D1F" w:rsidP="00097502">
+    <w:p w14:paraId="70861BF5" w14:textId="6CF6FAC5" w:rsidR="00340DDB" w:rsidRPr="00ED3D1F" w:rsidRDefault="00ED3D1F" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED3D1F">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rule 8</w:t>
       </w:r>
-      <w:r w:rsidR="004C5B63">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="004C5B63" w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED3D1F">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Results </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must be notified to the League in the usual ways (</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>via</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4892" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Matchday App</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Teams are required to clearly state the </w:t>
+      </w:r>
+      <w:r w:rsidR="00340DDB" w:rsidRPr="00181086">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Goals at the end of ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00340DDB" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>normal</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time</w:t>
+      </w:r>
+      <w:r w:rsidR="00916FA8" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00916FA8" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Results </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>must be notified to the League in the usual ways (</w:t>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>if a draw,</w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> the Matchday App</w:t>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">). Teams are required to clearly state the </w:t>
-[...19 lines deleted...]
-        <w:t>normal</w:t>
+        <w:t xml:space="preserve">then </w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> time’</w:t>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>also show the Penalties scored by each team</w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">in the separate Boxes on your Results Page.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C32E7D6" w14:textId="49309406" w:rsidR="000D7A55" w:rsidRDefault="00E350B0" w:rsidP="00097502">
+    <w:p w14:paraId="5C32E7D6" w14:textId="77777777" w:rsidR="000D7A55" w:rsidRDefault="000D7A55" w:rsidP="00097502">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63EB7F9C" w14:textId="43186043" w:rsidR="00B02DDF" w:rsidRDefault="000D7A55" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62B4A058" wp14:editId="73A16C23">
-[...17 lines deleted...]
-            </wp:wrapThrough>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5574AE9D" wp14:editId="38327EC3">
+            <wp:extent cx="3399552" cy="2015710"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect r="2228"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3581400" cy="2123440"/>
+                      <a:ext cx="3444869" cy="2042580"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EB7F9C" w14:textId="19A0CEF7" w:rsidR="00B02DDF" w:rsidRDefault="00B02DDF" w:rsidP="00097502">
+    <w:p w14:paraId="5C8B7C61" w14:textId="77777777" w:rsidR="00097502" w:rsidRPr="00AC62E1" w:rsidRDefault="00097502" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C8B7C61" w14:textId="77777777" w:rsidR="00097502" w:rsidRPr="00AC62E1" w:rsidRDefault="00097502" w:rsidP="00097502">
+    <w:p w14:paraId="2FBC6CE2" w14:textId="77777777" w:rsidR="00147D2B" w:rsidRPr="005830A2" w:rsidRDefault="00EF0563" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00717700" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">results </w:t>
+      </w:r>
+      <w:r w:rsidR="00717700" w:rsidRPr="00ED3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of these Trophy Event matches </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="005830A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00717700" w:rsidRPr="005830A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="005830A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be published</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4892" w:rsidRPr="005830A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the League website</w:t>
+      </w:r>
+      <w:r w:rsidR="00717700" w:rsidRPr="005830A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305A1AAF" w14:textId="77777777" w:rsidR="00097502" w:rsidRPr="00AC62E1" w:rsidRDefault="00097502" w:rsidP="00097502">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FBC6CE2" w14:textId="77777777" w:rsidR="00147D2B" w:rsidRDefault="00EF0563" w:rsidP="00097502">
+    <w:p w14:paraId="116956CD" w14:textId="0437154A" w:rsidR="00D950A7" w:rsidRPr="00D950A7" w:rsidRDefault="00D950A7" w:rsidP="00D950A7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED3D1F">
-[...43 lines deleted...]
-          <w:color w:val="000099"/>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 8</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5B63" w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00097502" w:rsidRPr="00ED3D1F">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rankings: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The League will collate the results and use them to determine ‘team rankings which will then form the basis for deciding the Fixtures in the second phase.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F35C983" w14:textId="77777777" w:rsidR="00E350B0" w:rsidRDefault="00E350B0" w:rsidP="00097502">
+    <w:p w14:paraId="0BBE7AC7" w14:textId="320A1C69" w:rsidR="00B02DDF" w:rsidRDefault="00097502" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="0074279A" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ese </w:t>
+      </w:r>
+      <w:r w:rsidR="0074279A" w:rsidRPr="00EF2941">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rankings</w:t>
+      </w:r>
+      <w:r w:rsidR="0074279A" w:rsidRPr="00181086">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0074279A" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be based on the</w:t>
+      </w:r>
+      <w:r w:rsidR="004A533E" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>allocation of ‘points’; with 3 points being allocated for a win and 1 poin</w:t>
+      </w:r>
+      <w:r w:rsidR="004A533E" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t for a draw at the end of normal</w:t>
+      </w:r>
+      <w:r w:rsidR="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/extra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0563" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE57A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NB:</w:t>
+      </w:r>
+      <w:r w:rsidR="004A533E" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a draw at the end of normal</w:t>
+      </w:r>
+      <w:r w:rsidR="00240F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A533E" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0563" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ime guar</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4C99" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>antees both teams one point irrespective of the penalties.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FEF" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FEF" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This rewards both teams for a well-earned ‘draw’</w:t>
+      </w:r>
+      <w:r w:rsidR="00143419" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but also gives both teams the opportunity to gain one extra </w:t>
+      </w:r>
+      <w:r w:rsidR="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(bonus) </w:t>
+      </w:r>
+      <w:r w:rsidR="00143419" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>point as confirmed in rule 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00143419" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004A533E" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD79ED" w:rsidRPr="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The bonus point is not added to the Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD79ED" w:rsidRPr="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unless</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and until</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD79ED" w:rsidRPr="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it is needed as a tie breaker as explained here. </w:t>
+      </w:r>
+      <w:r w:rsidR="0074279A" w:rsidRPr="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Where teams finish on equal points</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31F6F" w:rsidRPr="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0074279A" w:rsidRPr="00CD79ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their ranking will </w:t>
+      </w:r>
+      <w:r w:rsidR="0074279A" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be determined by </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3D807471" w14:textId="77777777" w:rsidR="00E350B0" w:rsidRDefault="00E350B0" w:rsidP="00097502">
+    <w:p w14:paraId="33487977" w14:textId="77777777" w:rsidR="00D4523F" w:rsidRPr="00D950A7" w:rsidRDefault="00D4523F" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...386 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2578D78C" w14:textId="03F7E266" w:rsidR="00D760E2" w:rsidRPr="00D950A7" w:rsidRDefault="00D950A7" w:rsidP="00D760E2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00D760E2" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ny bonus points </w:t>
       </w:r>
       <w:r w:rsidR="00CD79ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00D760E2" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and if still equal by </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F1D2A1" w14:textId="053F9457" w:rsidR="00D760E2" w:rsidRPr="00D950A7" w:rsidRDefault="00D950A7" w:rsidP="00D760E2">
+    <w:p w14:paraId="27F1D2A1" w14:textId="2E893CDE" w:rsidR="00D760E2" w:rsidRPr="00D950A7" w:rsidRDefault="00D950A7" w:rsidP="00D760E2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00D760E2" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">heir ‘head to head’ result. </w:t>
+        <w:t>heir ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="005141ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="005141ED" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ead-to-</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E02" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ead</w:t>
+      </w:r>
+      <w:r w:rsidR="00D760E2" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> result. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032A29E2" w14:textId="637FD7F4" w:rsidR="00D760E2" w:rsidRPr="00D950A7" w:rsidRDefault="00D760E2" w:rsidP="00D760E2">
+    <w:p w14:paraId="032A29E2" w14:textId="54DA06A0" w:rsidR="00D760E2" w:rsidRPr="00D950A7" w:rsidRDefault="00D760E2" w:rsidP="00D760E2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Average Goals Conceded.  If three teams are equal on points (and a three-way Head to Head comparison does not work) the ranking will be decided by reference to the avera</w:t>
+        <w:t xml:space="preserve">Average Goals Conceded.  If three teams are equal on points (and a three-way </w:t>
+      </w:r>
+      <w:r w:rsidR="005141ED" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Head-to-Head</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comparison does not work) the ranking will be decided by reference to the avera</w:t>
       </w:r>
       <w:r w:rsidR="00A654CF" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ge number of goals conceded (AGC</w:t>
       </w:r>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) (we use an average to reduce the effect of un-played games). However if two of these three teams are still equal, then the Head to Head result between those two teams will determine the final ranking. The same principles apply to determine 'best' 2nd place </w:t>
+        <w:t xml:space="preserve">) (we use an average to reduce the effect of un-played games). </w:t>
+      </w:r>
+      <w:r w:rsidR="002D1C75" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>However,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if two of these three teams are still equal, then the </w:t>
+      </w:r>
+      <w:r w:rsidR="005141ED" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Head-to-Head</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> result between those two teams will determine the final ranking. The same principles apply to determine 'best' 2nd place </w:t>
       </w:r>
       <w:r w:rsidR="00A654CF" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> where that is necessary</w:t>
       </w:r>
       <w:r w:rsidR="00B31F6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -3875,416 +3421,528 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Toss of a coin. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB7AF83" w14:textId="77777777" w:rsidR="00D950A7" w:rsidRPr="00153928" w:rsidRDefault="00D950A7" w:rsidP="005C3CAC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B7D0658" w14:textId="2F6A27B8" w:rsidR="00097502" w:rsidRPr="00375D83" w:rsidRDefault="00097502" w:rsidP="00097502">
+    <w:p w14:paraId="2B7D0658" w14:textId="1A8D2458" w:rsidR="00097502" w:rsidRPr="00375D83" w:rsidRDefault="00097502" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The team which ‘wins’ the Penalty shoot-out will be allocated one </w:t>
       </w:r>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bonus point</w:t>
       </w:r>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (for the purposes of determining rankings for </w:t>
+        <w:t xml:space="preserve"> (for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00514E12" w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>purpose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D950A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of determining rankings for </w:t>
       </w:r>
       <w:r w:rsidR="004A4C99" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the second</w:t>
       </w:r>
       <w:r w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pha</w:t>
       </w:r>
       <w:r w:rsidR="00143419" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se).</w:t>
       </w:r>
       <w:r w:rsidR="005C3CAC" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> For clarity a team finishing with 4 points gained through a  win </w:t>
+        <w:t xml:space="preserve"> For clarity a team finishing with 4 points gained through a win </w:t>
       </w:r>
       <w:r w:rsidR="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and a draw will finish above a team that gains 3 points </w:t>
       </w:r>
       <w:r w:rsidR="005C3CAC" w:rsidRPr="00D950A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for 3 draws plus 3 Bonus points for winning 3 penalty shoot outs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76692FFA" w14:textId="77777777" w:rsidR="00143419" w:rsidRPr="00AC62E1" w:rsidRDefault="00143419" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C626F63" w14:textId="0DB1B97F" w:rsidR="00143419" w:rsidRPr="00375D83" w:rsidRDefault="00D950A7" w:rsidP="00097502">
+    <w:p w14:paraId="3C626F63" w14:textId="674CCA10" w:rsidR="00143419" w:rsidRPr="00375D83" w:rsidRDefault="00D950A7" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00375D83">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rule 9</w:t>
       </w:r>
-      <w:r w:rsidR="00375D83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00375D83" w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="00143419" w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00130B38" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
       <w:r w:rsidR="00143419" w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> In the event that a game does not take place where it is consequent upon the conduct of either team, then the League will have power to ‘award’ the game as a ‘win’ in the normal way.</w:t>
+        <w:t xml:space="preserve"> a game does not take place where it is consequent upon the conduct of either team, then the League will have power to ‘award’ the game as a ‘win’ in the normal way.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2757F7DE" w14:textId="77777777" w:rsidR="004A4C99" w:rsidRPr="00AC62E1" w:rsidRDefault="004A4C99" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74CCBD63" w14:textId="641C5459" w:rsidR="007B6971" w:rsidRDefault="00375D83" w:rsidP="00097502">
+    <w:p w14:paraId="74CCBD63" w14:textId="1570889D" w:rsidR="007B6971" w:rsidRDefault="00375D83" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00375D83">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rule 10</w:t>
       </w:r>
+      <w:r w:rsidRPr="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6971" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This Trophy Event must be completed over a fixed number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A761CE" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>match days</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6971" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leaving little scope for rearrangements. </w:t>
+      </w:r>
+      <w:r w:rsidR="00130B38" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a game does not take place owing to causes over which neither </w:t>
+      </w:r>
+      <w:r w:rsidR="00097502" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Club has control (for example bad weather leading to an unfit pitch) then </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6971" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>both t</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4892" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eam</w:t>
+      </w:r>
+      <w:r w:rsidR="00573E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4892" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be allocated one point</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6971" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. It is in everyone’s interest to get games played wherever possib</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">le and if in the final </w:t>
       </w:r>
       <w:r w:rsidR="007B6971" w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This Trophy Event must be completed over a fixed number of match-days leaving little scope for rearrangements. I</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">n the event that a game does not take place owing to causes over which neither Club has control (for example bad weather leading to an unfit pitch) then </w:t>
+        <w:t>round of matches</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15758" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a weather postponed match is crucial to the final team rankings, the committee </w:t>
+      </w:r>
+      <w:r w:rsidR="00916FA8" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reserves</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15758" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the right to squeeze in a </w:t>
       </w:r>
       <w:r w:rsidR="007B6971" w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>both t</w:t>
-[...47 lines deleted...]
-        <w:t>round of matches</w:t>
+        <w:t xml:space="preserve">rearrangement, </w:t>
       </w:r>
       <w:r w:rsidR="00E15758" w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a weather postponed match is crucial to the final team rankings, the committee reserve the right to squeeze in a </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>if the opportunity exists.</w:t>
       </w:r>
       <w:r w:rsidR="00382194" w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Additionally, if bad weather causes the cancellation of a large percentage of games (typically 50% or more) on a partic</w:t>
       </w:r>
       <w:r w:rsidR="005C3CAC" w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ular match-day, those games may</w:t>
+        <w:t xml:space="preserve">ular </w:t>
+      </w:r>
+      <w:r w:rsidR="00916FA8" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>match day</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3CAC" w:rsidRPr="00375D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, those games may</w:t>
       </w:r>
       <w:r w:rsidR="00382194" w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be carried forward and played on a subsequent date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ABB7AFA" w14:textId="77777777" w:rsidR="00375D83" w:rsidRPr="00153928" w:rsidRDefault="00375D83" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="216BEC86" w14:textId="12B48EDF" w:rsidR="00375D83" w:rsidRPr="00375D83" w:rsidRDefault="00375D83" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00123A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Progression to the Second Phase of the competitions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469D924F" w14:textId="09EC8121" w:rsidR="00375D83" w:rsidRDefault="00375D83" w:rsidP="00097502">
+    <w:p w14:paraId="469D924F" w14:textId="3C0C1067" w:rsidR="00375D83" w:rsidRDefault="00375D83" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Group stage of the competitions, as described above, constitute the First Phase, at the end of which all teams will be ranked (as described above) in their own Group Table. </w:t>
+        <w:t xml:space="preserve">The Group stage of the competitions, as described above, </w:t>
+      </w:r>
+      <w:r w:rsidR="00916FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>constitutes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the First Phase, at the end of which all teams will be ranked (as described above) in their own Group Table. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51228A1B" w14:textId="45D36435" w:rsidR="00375D83" w:rsidRDefault="00375D83" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on their position in the Table, </w:t>
       </w:r>
       <w:r w:rsidRPr="00375D83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000099"/>
@@ -4300,438 +3958,5618 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>will go forward to the Second Phase of the Competition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D9CE7D" w14:textId="77777777" w:rsidR="00375D83" w:rsidRPr="00153928" w:rsidRDefault="00375D83" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78211737" w14:textId="39944816" w:rsidR="00153928" w:rsidRPr="00153928" w:rsidRDefault="00375D83" w:rsidP="00097502">
+    <w:p w14:paraId="78211737" w14:textId="6FD7524D" w:rsidR="00153928" w:rsidRPr="00153928" w:rsidRDefault="00375D83" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Second Phase will usually involve </w:t>
       </w:r>
       <w:r w:rsidR="00153928" w:rsidRPr="00153928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">playing against a team which was ranked in the same position </w:t>
       </w:r>
       <w:r w:rsidR="00153928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">in one of the other Groups in your Competition. The pairing for such games determined by a pre-determined allocation. </w:t>
+        <w:t xml:space="preserve">in one of the other Groups in your Competition. The pairing for such games </w:t>
+      </w:r>
+      <w:r w:rsidR="00916FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is determined</w:t>
+      </w:r>
+      <w:r w:rsidR="00153928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by a pre-determined allocation. </w:t>
       </w:r>
       <w:r w:rsidR="00AE57A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>After that match, t</w:t>
+        <w:t xml:space="preserve">After that match, </w:t>
+      </w:r>
+      <w:r w:rsidR="00916FA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>there</w:t>
       </w:r>
       <w:r w:rsidR="00153928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">here then follows a </w:t>
+        <w:t xml:space="preserve"> follows a </w:t>
       </w:r>
       <w:r w:rsidR="00153928" w:rsidRPr="00153928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>final game</w:t>
       </w:r>
       <w:r w:rsidR="00153928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> against a team which experienced the same outcome as your team in this second phase match.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01AAB530" w14:textId="77777777" w:rsidR="00153928" w:rsidRPr="00153928" w:rsidRDefault="00153928" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF5A47E" w14:textId="09E6DA6E" w:rsidR="00153928" w:rsidRDefault="00153928" w:rsidP="00097502">
+    <w:p w14:paraId="0CF5A47E" w14:textId="477A0B7F" w:rsidR="00153928" w:rsidRDefault="00153928" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE57A6" w:rsidRPr="00123A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This format is designed to give </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51C50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EVERY TEAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51C50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a continuing interest </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in their Trophy Event even if previous results</w:t>
+      </w:r>
+      <w:r w:rsidR="00851D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have not gone in their favour. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This could mean that teams participating in </w:t>
+      </w:r>
+      <w:r w:rsidR="00851D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second </w:t>
+      </w:r>
+      <w:r w:rsidR="00577BBE" w:rsidRPr="00153928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>phase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may not have won a single game, but the second phase will pair them with an opponent in roughly the same situation to hopefully enjoy and learn from the continuing experience of ‘competition’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55909096" w14:textId="77777777" w:rsidR="004F4E41" w:rsidRDefault="004F4E41" w:rsidP="00097502">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D3F2D28" w14:textId="0B194FD9" w:rsidR="004F4E41" w:rsidRPr="002810F8" w:rsidRDefault="00275AE4" w:rsidP="004F4E41">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="1840"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Second</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4E41" w:rsidRPr="002810F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Phase – </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">starting on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962420">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00137BDB" w:rsidRPr="00137BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00137BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>April</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00962420">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1271F661" w14:textId="77777777" w:rsidR="004F4E41" w:rsidRDefault="004F4E41" w:rsidP="00097502">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BC5CC1" w14:textId="77777777" w:rsidR="004F4E41" w:rsidRDefault="004F4E41" w:rsidP="00097502">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00153928">
-[...82 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1774745D" w14:textId="77777777" w:rsidR="00E350B0" w:rsidRPr="00E350B0" w:rsidRDefault="00E350B0" w:rsidP="00097502">
+    <w:p w14:paraId="31927726" w14:textId="77777777" w:rsidR="00712006" w:rsidRPr="00712006" w:rsidRDefault="00712006" w:rsidP="00097502">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0444D1A4" w14:textId="77777777" w:rsidR="0002037F" w:rsidRPr="00856A2B" w:rsidRDefault="0002037F" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Allocation to the Second Phase Groups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2B3F24" w14:textId="77777777" w:rsidR="0002037F" w:rsidRPr="00061DC9" w:rsidRDefault="0002037F" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1D2ECE" w14:textId="05411E9A" w:rsidR="00425C6E" w:rsidRPr="00D51C50" w:rsidRDefault="0029741F" w:rsidP="00D51C50">
+    <w:p w14:paraId="19223B9F" w14:textId="3594E22E" w:rsidR="0002037F" w:rsidRPr="008103F5" w:rsidRDefault="0002037F" w:rsidP="0002037F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...23 lines deleted...]
-        <w:t>OF THE COMPETITIONS WILL FOLLOW.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00123A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicable to those Competitions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consisting of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teams - with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roups of </w:t>
+      </w:r>
+      <w:r w:rsidR="00013B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003873D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 6</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00425C6E" w:rsidRPr="00D51C50" w:rsidSect="002D22A6">
+    <w:p w14:paraId="5155F9AF" w14:textId="77777777" w:rsidR="0002037F" w:rsidRDefault="0002037F" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4 teams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>which are determined by the League (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as described in Rule 8: Rankings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>first place</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in their First Phase Group will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gold </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">group where they will be paired (by a pre-determined allocation) with another team which also came ‘first’ in their initial group. These four teams then play a normal length Second Phase match </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or “semi-final” played in accordance with normal FA Rules for their age group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A588DE1" w14:textId="78E8F516" w:rsidR="0002037F" w:rsidRPr="008103F5" w:rsidRDefault="0002037F" w:rsidP="00A90E24">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Silver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6247F2BD" w14:textId="77777777" w:rsidR="0002037F" w:rsidRPr="008103F5" w:rsidRDefault="0002037F" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bronze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D381C1E" w14:textId="77777777" w:rsidR="0002037F" w:rsidRDefault="0002037F" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Copper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAB533E" w14:textId="1C6EE979" w:rsidR="000D70ED" w:rsidRDefault="00DE78AA" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5841">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to the</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5841" w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tin</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5841" w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5841">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second </w:t>
+      </w:r>
+      <w:r w:rsidR="00022D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77788AF7" w14:textId="0D520FEE" w:rsidR="003873D5" w:rsidRDefault="003873D5" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E59983" w14:textId="5B4E9487" w:rsidR="00022D6A" w:rsidRDefault="00022D6A" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5D7DD2" w14:textId="15D52BA7" w:rsidR="004A7952" w:rsidRDefault="004A7952" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655E92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 13.1</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2931" w:rsidRPr="00655E92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2931" w:rsidRPr="00655E92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2931">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicable to those Competitions </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5D8A" w:rsidRPr="002626B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consisting of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95E05" w:rsidRPr="002626B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="0015222A" w:rsidRPr="002626B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00647E4D" w:rsidRPr="002626B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teams</w:t>
+      </w:r>
+      <w:r w:rsidR="00647E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F10A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5883" w:rsidRPr="00074AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00327FC7" w:rsidRPr="00074AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95E05" w:rsidRPr="00074AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00327FC7" w:rsidRPr="00074AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Groups</w:t>
+      </w:r>
+      <w:r w:rsidR="0073588B" w:rsidRPr="00074AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5883" w:rsidRPr="00074AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CCCF5B" w14:textId="54D1ABE1" w:rsidR="00AE5883" w:rsidRDefault="007411AF" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0376" w:rsidRPr="0052088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1967">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which are determined </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1967" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the league </w:t>
+      </w:r>
+      <w:r w:rsidR="003E3445" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(as described in Rule 8: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3EB9" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ranking</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81D9C" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to be</w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in first place </w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and the</w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005308AC" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teams</w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to be in </w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second place</w:t>
+      </w:r>
+      <w:r w:rsidR="00484007" w:rsidRPr="004A1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C17DD" w:rsidRPr="00810980">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00810980" w:rsidRPr="00810980">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00810980" w:rsidRPr="00810980">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irst </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00810980" w:rsidRPr="00810980">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hase group </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidR="001A16D4" w:rsidRPr="0007776D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gold second please</w:t>
+      </w:r>
+      <w:r w:rsidR="001A16D4" w:rsidRPr="0007776D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A16D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">group were </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84679">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they will be paired (by pre-determined </w:t>
+      </w:r>
+      <w:r w:rsidR="000B4017">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">allocation) with another </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>team that came first and second in their initial groups</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . these four teams then play a normal len</w:t>
+      </w:r>
+      <w:r w:rsidR="00182D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gth Second Phase match or </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1BA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00182D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>semi-fin</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1BA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al </w:t>
+      </w:r>
+      <w:r w:rsidR="004F40D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>played in accordance with normal FA Rules</w:t>
+      </w:r>
+      <w:r w:rsidR="0052088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for their age group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D58109A" w14:textId="221026DA" w:rsidR="0015145D" w:rsidRDefault="00BA49F4" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="00697C62" w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00697C62" w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00697C62" w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00697C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00697C62" w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Silver</w:t>
+      </w:r>
+      <w:r w:rsidR="00697C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase</w:t>
+      </w:r>
+      <w:r w:rsidR="00E608D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB34FC2" w14:textId="1B1B1001" w:rsidR="00E608D2" w:rsidRDefault="00E608D2" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1744" w:rsidRPr="00A40DEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bronze</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1744">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A1B856" w14:textId="1E884B63" w:rsidR="00A90E24" w:rsidRDefault="00A90E24" w:rsidP="00A90E24">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he allocation for the first Second Phase match will </w:t>
+      </w:r>
+      <w:r w:rsidR="003873D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be determined by a draw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BUT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Home team for each game will be determined individually by the League.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE621AC" w14:textId="77777777" w:rsidR="00D82F6B" w:rsidRDefault="00D82F6B" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC69985" w14:textId="3094F5AA" w:rsidR="00D00FA5" w:rsidRDefault="00D00FA5" w:rsidP="00811F57">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655E92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 13.2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655E92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicable to those competitions consisting of </w:t>
+      </w:r>
+      <w:r w:rsidR="00811F57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teams -</w:t>
+      </w:r>
+      <w:r w:rsidR="00811F57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00670591">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> groups</w:t>
+      </w:r>
+      <w:r w:rsidR="00670591">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699D48C6" w14:textId="77777777" w:rsidR="004507A6" w:rsidRDefault="004507A6" w:rsidP="00811F57">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63695CE0" w14:textId="77777777" w:rsidR="004507A6" w:rsidRDefault="004507A6" w:rsidP="004507A6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4 teams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>which are determined by the League (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as described in Rule 8: Rankings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>first place</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in their First Phase Group will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gold </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">group where they will be paired (by a pre-determined allocation) with another team which also came ‘first’ in their initial group. These four teams then play a normal length Second Phase match </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or “semi-final” played in accordance with normal FA Rules for their age group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1CD783" w14:textId="77777777" w:rsidR="004507A6" w:rsidRPr="008103F5" w:rsidRDefault="004507A6" w:rsidP="004507A6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Silver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5984AA22" w14:textId="77777777" w:rsidR="004507A6" w:rsidRPr="008103F5" w:rsidRDefault="004507A6" w:rsidP="004507A6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bronze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517FC99F" w14:textId="77777777" w:rsidR="004507A6" w:rsidRDefault="004507A6" w:rsidP="004507A6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Copper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E66A87D" w14:textId="77777777" w:rsidR="004507A6" w:rsidRDefault="004507A6" w:rsidP="004507A6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5035596C" w14:textId="50080189" w:rsidR="002F4A04" w:rsidRDefault="005F5EB3" w:rsidP="00A90E24">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63ECE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Brass</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189EBEE1" w14:textId="77777777" w:rsidR="007D2116" w:rsidRDefault="007D2116" w:rsidP="00E12AF5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E01CC5F" w14:textId="77777777" w:rsidR="003873D5" w:rsidRDefault="003873D5" w:rsidP="003873D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he allocation for the first Second Phase match will </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be determined by a draw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BUT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Home team for each game will be determined individually by the League.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314201FB" w14:textId="77777777" w:rsidR="00C50626" w:rsidRPr="00A1666E" w:rsidRDefault="00C50626" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CF965C1" w14:textId="70E871EC" w:rsidR="00C50626" w:rsidRDefault="00C50626" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1666E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 13.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Appl</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1666E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00D726CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cable to those competitions consisting of </w:t>
+      </w:r>
+      <w:r w:rsidR="00862890">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1666E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teams </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0281B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- with</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862890">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0281B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>roups</w:t>
+      </w:r>
+      <w:r w:rsidR="00862890">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB539C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f </w:t>
+      </w:r>
+      <w:r w:rsidR="00486488">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 teams and 2 Groups </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7160F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5 teams</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB539C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A72F08F" w14:textId="77777777" w:rsidR="00C9772F" w:rsidRDefault="00C9772F" w:rsidP="00C9772F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4 teams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>which are determined by the League (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as described in Rule 8: Rankings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>first place</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in their First Phase Group will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gold </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">group where they will be paired (by a pre-determined allocation) with another team which also came ‘first’ in their initial group. These four teams then play a normal length Second Phase match </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or “semi-final” played in accordance with normal FA Rules for their age group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16835566" w14:textId="77777777" w:rsidR="00C9772F" w:rsidRPr="008103F5" w:rsidRDefault="00C9772F" w:rsidP="00C9772F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Silver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476FED6A" w14:textId="77777777" w:rsidR="00C9772F" w:rsidRPr="008103F5" w:rsidRDefault="00C9772F" w:rsidP="00C9772F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bronze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF3E0AA" w14:textId="77777777" w:rsidR="00C9772F" w:rsidRDefault="00C9772F" w:rsidP="00C9772F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Copper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FE957A" w14:textId="77777777" w:rsidR="00C9772F" w:rsidRDefault="00C9772F" w:rsidP="00C9772F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4D6D35" w14:textId="46480DE2" w:rsidR="00F7160F" w:rsidRDefault="00F7160F" w:rsidP="009B70FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The 2 teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B70FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B70FC" w:rsidRPr="009B70FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will </w:t>
+      </w:r>
+      <w:r w:rsidR="00351B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">play off for the </w:t>
+      </w:r>
+      <w:r w:rsidR="009B70FC" w:rsidRPr="009B70FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Brass</w:t>
+      </w:r>
+      <w:r w:rsidR="009B70FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49844319" w14:textId="77777777" w:rsidR="00E51F18" w:rsidRDefault="00E51F18" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760A1DD1" w14:textId="77777777" w:rsidR="003873D5" w:rsidRDefault="003873D5" w:rsidP="003873D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he allocation for the first Second Phase match will </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be determined by a draw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BUT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Home team for each game will be determined individually by the League.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C93C544" w14:textId="77777777" w:rsidR="00903C11" w:rsidRDefault="00903C11" w:rsidP="00E51F18">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C2C427C" w14:textId="42B6ECA1" w:rsidR="00903C11" w:rsidRDefault="00903C11" w:rsidP="00903C11">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1666E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Applicable to those competitions consisting of 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009A15BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teams - with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Groups of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teams and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Groups of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teams </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E57C11" w14:textId="77777777" w:rsidR="00B93B7A" w:rsidRDefault="00B93B7A" w:rsidP="00B93B7A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4 teams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>which are determined by the League (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as described in Rule 8: Rankings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>first place</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in their First Phase Group will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gold </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">group where they will be paired (by a pre-determined allocation) with another team which also came ‘first’ in their initial group. These four teams then play a normal length Second Phase match </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or “semi-final” played in accordance with normal FA Rules for their age group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD581AC" w14:textId="77777777" w:rsidR="00B93B7A" w:rsidRPr="008103F5" w:rsidRDefault="00B93B7A" w:rsidP="00B93B7A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Silver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> second phase, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DC9A18" w14:textId="77777777" w:rsidR="00B93B7A" w:rsidRPr="008103F5" w:rsidRDefault="00B93B7A" w:rsidP="00B93B7A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bronze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B10793E" w14:textId="77777777" w:rsidR="00B93B7A" w:rsidRDefault="00B93B7A" w:rsidP="00B93B7A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will go forward to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Copper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008103F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1207EFEE" w14:textId="77777777" w:rsidR="00B93B7A" w:rsidRDefault="00B93B7A" w:rsidP="00B93B7A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Teams finishing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will go forward to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>second phase,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CB0740" w14:textId="2667749A" w:rsidR="00F479BA" w:rsidRDefault="00F479BA" w:rsidP="00B93B7A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The team finishing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E75BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E75BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E75BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will not progress to the Second Phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E1C451" w14:textId="77777777" w:rsidR="00B93B7A" w:rsidRDefault="00B93B7A" w:rsidP="00903C11">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D26DBCD" w14:textId="77777777" w:rsidR="003873D5" w:rsidRDefault="003873D5" w:rsidP="003873D5">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he allocation for the first Second Phase match will </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be determined by a draw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BUT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3316C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Home team for each game will be determined individually by the League.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23923CBA" w14:textId="77777777" w:rsidR="00903C11" w:rsidRDefault="00903C11" w:rsidP="00E51F18">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61871E1D" w14:textId="7A3675FC" w:rsidR="0008333B" w:rsidRDefault="003A7CD5" w:rsidP="0008333B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where necessary </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3486">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to determine </w:t>
+      </w:r>
+      <w:r w:rsidR="0008333B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>placings,</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3486">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we may revert to </w:t>
+      </w:r>
+      <w:r w:rsidR="0008333B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consolidated table using the FA points per game criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D7C540" w14:textId="179B281D" w:rsidR="00E51F18" w:rsidRPr="00DF1596" w:rsidRDefault="00E51F18" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279BBD40" w14:textId="77777777" w:rsidR="0002037F" w:rsidRPr="005373A4" w:rsidRDefault="0002037F" w:rsidP="0002037F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63483ED2" w14:textId="4E71491C" w:rsidR="006432CE" w:rsidRDefault="006432CE" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In all competitions, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">winners of their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Semi Final</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ties will proceed to play </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Final</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of their competition </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on the last Match-day</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whilst the losing semi-finalists will play a match for 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> place. In all games, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Penalty kicks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>determine the winners</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856A2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if scores are level </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(as described in Rule 6).</w:t>
+      </w:r>
+      <w:r w:rsidR="0044657F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0044657F" w:rsidRPr="00ED66D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All Gold Finals will be played in equal hal</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED66D7" w:rsidRPr="00ED66D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ves not Quarters</w:t>
+      </w:r>
+      <w:r w:rsidR="001531DB" w:rsidRPr="00ED66D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAA0AB7" w14:textId="77777777" w:rsidR="007A1F9B" w:rsidRDefault="007A1F9B" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34327FFF" w14:textId="72FC5357" w:rsidR="007A1F9B" w:rsidRDefault="007A1F9B" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All Gold Finals will be played on </w:t>
+      </w:r>
+      <w:r w:rsidR="004677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">date specified </w:t>
+      </w:r>
+      <w:r w:rsidR="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the Lea</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6045B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gue handbook </w:t>
+      </w:r>
+      <w:r w:rsidR="004677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">either </w:t>
+      </w:r>
+      <w:r w:rsidR="004677B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the 9</w:t>
+      </w:r>
+      <w:r w:rsidR="004677B8" w:rsidRPr="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6045B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="001F742B" w:rsidRPr="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 17</w:t>
+      </w:r>
+      <w:r w:rsidR="001F742B" w:rsidRPr="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6045B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="001F742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00283936">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00283936" w:rsidRPr="00283936">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="00283936">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Greenacres Sports </w:t>
+      </w:r>
+      <w:r w:rsidR="00533D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ground, </w:t>
+      </w:r>
+      <w:r w:rsidR="00666478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>282 Limpsfield Road, Warlin</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gham, Surrey, CR6 9RL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659EE65D" w14:textId="77777777" w:rsidR="006432CE" w:rsidRPr="001A5AB2" w:rsidRDefault="006432CE" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22FE3303" w14:textId="35664D20" w:rsidR="006432CE" w:rsidRDefault="00F120CF" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="006432CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he date for </w:t>
+      </w:r>
+      <w:r w:rsidR="007A1F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all other </w:t>
+      </w:r>
+      <w:r w:rsidR="006432CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finals and play-offs will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00773B2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">based </w:t>
+      </w:r>
+      <w:r w:rsidR="00096CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>around</w:t>
+      </w:r>
+      <w:r w:rsidR="00773B2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the gold finals</w:t>
+      </w:r>
+      <w:r w:rsidR="00D646FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> events</w:t>
+      </w:r>
+      <w:r w:rsidR="006432CE" w:rsidRPr="006F0BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006432CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and will be played </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006432CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006432CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the home team’s ground. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF7C2C6" w14:textId="77777777" w:rsidR="006432CE" w:rsidRDefault="006432CE" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A5528A" w14:textId="77777777" w:rsidR="006432CE" w:rsidRPr="009A5433" w:rsidRDefault="006432CE" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC1AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>WINNERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655C4D79" w14:textId="77777777" w:rsidR="006432CE" w:rsidRDefault="006432CE" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="211516E4" w14:textId="4348984D" w:rsidR="006432CE" w:rsidRPr="000A63DC" w:rsidRDefault="006432CE" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The winner of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GOLD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Final</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be declared to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00533D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trophy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Champions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the competition they are competing in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8D0D37" w14:textId="411BECF0" w:rsidR="00852B38" w:rsidRPr="00856A2B" w:rsidRDefault="006432CE" w:rsidP="006432CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In the other Groups (Silver</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Copper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) the winner will be declared to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A63DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Group Winners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1740C97B" w14:textId="77777777" w:rsidR="00852B38" w:rsidRPr="00061DC9" w:rsidRDefault="00852B38" w:rsidP="00852B38">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B1EA2C" w14:textId="77777777" w:rsidR="00852B38" w:rsidRPr="005373A4" w:rsidRDefault="00852B38" w:rsidP="00852B38">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B1D2ECE" w14:textId="7879B7F5" w:rsidR="00425C6E" w:rsidRPr="00D51C50" w:rsidRDefault="00425C6E" w:rsidP="00D51C50">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00425C6E" w:rsidRPr="00D51C50" w:rsidSect="006F047C">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="227" w:right="851" w:bottom="731" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30663EA5" w14:textId="77777777" w:rsidR="002D22A6" w:rsidRDefault="002D22A6" w:rsidP="002810F8">
+    <w:p w14:paraId="04CBF766" w14:textId="77777777" w:rsidR="004711E5" w:rsidRDefault="004711E5" w:rsidP="002810F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45E72AE9" w14:textId="77777777" w:rsidR="002D22A6" w:rsidRDefault="002D22A6" w:rsidP="002810F8">
+    <w:p w14:paraId="3DA6D46A" w14:textId="77777777" w:rsidR="004711E5" w:rsidRDefault="004711E5" w:rsidP="002810F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="234364598"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3B005945" w14:textId="60E1D980" w:rsidR="002810F8" w:rsidRDefault="002810F8">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000A4193">
+        <w:r w:rsidR="005C2B28">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6A6A0C42" w14:textId="77777777" w:rsidR="002810F8" w:rsidRDefault="002810F8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72B99248" w14:textId="77777777" w:rsidR="002D22A6" w:rsidRDefault="002D22A6" w:rsidP="002810F8">
+    <w:p w14:paraId="2F19850E" w14:textId="77777777" w:rsidR="004711E5" w:rsidRDefault="004711E5" w:rsidP="002810F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78FA100D" w14:textId="77777777" w:rsidR="002D22A6" w:rsidRDefault="002D22A6" w:rsidP="002810F8">
+    <w:p w14:paraId="3506C9CC" w14:textId="77777777" w:rsidR="004711E5" w:rsidRDefault="004711E5" w:rsidP="002810F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="162548DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3AA6514E"/>
     <w:lvl w:ilvl="0" w:tplc="08090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4778,50 +9616,162 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="269607C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9A705360"/>
+    <w:lvl w:ilvl="0" w:tplc="5440A034">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29DA4122"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0DA75D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
@@ -4863,51 +9813,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ED57778"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -4949,51 +9899,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55BB2B93"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -5035,51 +9985,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C085915"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F185198"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5121,51 +10071,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F3CF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B074D35C"/>
     <w:lvl w:ilvl="0" w:tplc="08090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5207,51 +10157,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A6E4D6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="637CE66C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -5293,51 +10243,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73414BB6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="02446708"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -5414,371 +10364,811 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1219782922">
+  <w:num w:numId="1" w16cid:durableId="1267469460">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1402672491">
+  <w:num w:numId="2" w16cid:durableId="1345668027">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="923760773">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1498691729">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="655260762">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2092697428">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="2014602667">
+  <w:num w:numId="6" w16cid:durableId="980035821">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="272440437">
+  <w:num w:numId="7" w16cid:durableId="285158286">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="647055970">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1997950565">
+  <w:num w:numId="9" w16cid:durableId="1789397446">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C494D"/>
+    <w:rsid w:val="0000054C"/>
     <w:rsid w:val="0001019F"/>
     <w:rsid w:val="00011E3D"/>
+    <w:rsid w:val="0001205F"/>
+    <w:rsid w:val="00012722"/>
+    <w:rsid w:val="00013B52"/>
+    <w:rsid w:val="00015BC6"/>
+    <w:rsid w:val="0002037F"/>
+    <w:rsid w:val="00022D6A"/>
+    <w:rsid w:val="000230B1"/>
+    <w:rsid w:val="00025951"/>
+    <w:rsid w:val="00032A92"/>
+    <w:rsid w:val="00037381"/>
+    <w:rsid w:val="00040F30"/>
+    <w:rsid w:val="00042C73"/>
     <w:rsid w:val="00043519"/>
+    <w:rsid w:val="00047E37"/>
+    <w:rsid w:val="00053305"/>
+    <w:rsid w:val="00055843"/>
     <w:rsid w:val="00061FAD"/>
     <w:rsid w:val="000620B1"/>
+    <w:rsid w:val="00074AEF"/>
+    <w:rsid w:val="0007776D"/>
+    <w:rsid w:val="00081C33"/>
+    <w:rsid w:val="0008333B"/>
+    <w:rsid w:val="00087A46"/>
+    <w:rsid w:val="00090E6F"/>
+    <w:rsid w:val="00096CB0"/>
     <w:rsid w:val="00097502"/>
     <w:rsid w:val="000A278F"/>
-    <w:rsid w:val="000A4193"/>
+    <w:rsid w:val="000A2902"/>
+    <w:rsid w:val="000A38FB"/>
+    <w:rsid w:val="000A4448"/>
+    <w:rsid w:val="000B4017"/>
+    <w:rsid w:val="000B451B"/>
     <w:rsid w:val="000B5344"/>
+    <w:rsid w:val="000B5490"/>
     <w:rsid w:val="000C26AA"/>
+    <w:rsid w:val="000C3CDA"/>
     <w:rsid w:val="000C494D"/>
+    <w:rsid w:val="000D21BA"/>
+    <w:rsid w:val="000D3B99"/>
+    <w:rsid w:val="000D70ED"/>
     <w:rsid w:val="000D7A55"/>
     <w:rsid w:val="000F263A"/>
     <w:rsid w:val="000F53D8"/>
+    <w:rsid w:val="00100776"/>
     <w:rsid w:val="00107116"/>
     <w:rsid w:val="001079BD"/>
     <w:rsid w:val="00110330"/>
+    <w:rsid w:val="001153F0"/>
+    <w:rsid w:val="00116BA6"/>
+    <w:rsid w:val="001212AE"/>
+    <w:rsid w:val="00123A83"/>
     <w:rsid w:val="00126EF3"/>
+    <w:rsid w:val="001302D3"/>
+    <w:rsid w:val="00130B38"/>
     <w:rsid w:val="00132EBB"/>
+    <w:rsid w:val="00133F32"/>
+    <w:rsid w:val="00137BDB"/>
+    <w:rsid w:val="00142271"/>
     <w:rsid w:val="00143419"/>
+    <w:rsid w:val="00144662"/>
     <w:rsid w:val="00147D2B"/>
+    <w:rsid w:val="0015145D"/>
+    <w:rsid w:val="0015222A"/>
+    <w:rsid w:val="00152B52"/>
+    <w:rsid w:val="001531DB"/>
     <w:rsid w:val="00153928"/>
     <w:rsid w:val="0016341E"/>
-    <w:rsid w:val="001650E2"/>
+    <w:rsid w:val="0016563C"/>
+    <w:rsid w:val="001677A9"/>
     <w:rsid w:val="0017077A"/>
     <w:rsid w:val="00171DF9"/>
     <w:rsid w:val="0017362F"/>
+    <w:rsid w:val="00175B5E"/>
     <w:rsid w:val="00181086"/>
+    <w:rsid w:val="0018150B"/>
+    <w:rsid w:val="00182D56"/>
     <w:rsid w:val="00195BF2"/>
+    <w:rsid w:val="001A15E2"/>
+    <w:rsid w:val="001A16D4"/>
+    <w:rsid w:val="001B40D6"/>
+    <w:rsid w:val="001D5C91"/>
+    <w:rsid w:val="001E30D8"/>
+    <w:rsid w:val="001F09F1"/>
+    <w:rsid w:val="001F1D37"/>
+    <w:rsid w:val="001F1EDC"/>
+    <w:rsid w:val="001F2118"/>
     <w:rsid w:val="001F43B3"/>
+    <w:rsid w:val="001F5876"/>
+    <w:rsid w:val="001F612C"/>
+    <w:rsid w:val="001F742B"/>
+    <w:rsid w:val="001F7942"/>
     <w:rsid w:val="001F7C07"/>
+    <w:rsid w:val="002012CA"/>
     <w:rsid w:val="00207650"/>
+    <w:rsid w:val="00212042"/>
+    <w:rsid w:val="00212065"/>
     <w:rsid w:val="00212B27"/>
-    <w:rsid w:val="00214EE2"/>
+    <w:rsid w:val="00217279"/>
+    <w:rsid w:val="002216F1"/>
     <w:rsid w:val="0023373E"/>
+    <w:rsid w:val="00234CFA"/>
+    <w:rsid w:val="00240F26"/>
+    <w:rsid w:val="002413D5"/>
     <w:rsid w:val="00241FD5"/>
-    <w:rsid w:val="002432F4"/>
+    <w:rsid w:val="002446C5"/>
+    <w:rsid w:val="00250E20"/>
     <w:rsid w:val="0025411B"/>
+    <w:rsid w:val="002626B5"/>
+    <w:rsid w:val="002650ED"/>
+    <w:rsid w:val="0027536A"/>
+    <w:rsid w:val="00275AE4"/>
     <w:rsid w:val="00280691"/>
     <w:rsid w:val="002810F8"/>
+    <w:rsid w:val="00283936"/>
+    <w:rsid w:val="002912A0"/>
     <w:rsid w:val="0029358C"/>
     <w:rsid w:val="0029741F"/>
+    <w:rsid w:val="002A5DCF"/>
+    <w:rsid w:val="002B0C4A"/>
+    <w:rsid w:val="002B1DF7"/>
     <w:rsid w:val="002B5427"/>
+    <w:rsid w:val="002C07D4"/>
+    <w:rsid w:val="002C2931"/>
     <w:rsid w:val="002C48BE"/>
-    <w:rsid w:val="002D22A6"/>
+    <w:rsid w:val="002C7082"/>
+    <w:rsid w:val="002D0A95"/>
+    <w:rsid w:val="002D100E"/>
+    <w:rsid w:val="002D1C75"/>
+    <w:rsid w:val="002D2F6A"/>
     <w:rsid w:val="002D438C"/>
     <w:rsid w:val="002D5FA3"/>
+    <w:rsid w:val="002D7A3E"/>
+    <w:rsid w:val="002E0150"/>
     <w:rsid w:val="002E4142"/>
+    <w:rsid w:val="002E5A75"/>
+    <w:rsid w:val="002F19D8"/>
+    <w:rsid w:val="002F4A04"/>
+    <w:rsid w:val="00305035"/>
+    <w:rsid w:val="00317FC1"/>
+    <w:rsid w:val="003200E6"/>
+    <w:rsid w:val="003252A0"/>
+    <w:rsid w:val="003260DB"/>
+    <w:rsid w:val="00327FC7"/>
     <w:rsid w:val="0033782E"/>
     <w:rsid w:val="00340DDB"/>
+    <w:rsid w:val="00351B0C"/>
+    <w:rsid w:val="00353634"/>
+    <w:rsid w:val="00356084"/>
+    <w:rsid w:val="00366422"/>
+    <w:rsid w:val="00367AB2"/>
+    <w:rsid w:val="00371955"/>
+    <w:rsid w:val="00372175"/>
+    <w:rsid w:val="003737D8"/>
     <w:rsid w:val="00375D83"/>
+    <w:rsid w:val="00376005"/>
     <w:rsid w:val="00382194"/>
     <w:rsid w:val="00385DDC"/>
+    <w:rsid w:val="003873D5"/>
+    <w:rsid w:val="00390457"/>
     <w:rsid w:val="003963BD"/>
+    <w:rsid w:val="003978B6"/>
+    <w:rsid w:val="003A04F2"/>
+    <w:rsid w:val="003A7CD5"/>
+    <w:rsid w:val="003B1A0F"/>
     <w:rsid w:val="003B4492"/>
+    <w:rsid w:val="003B7527"/>
+    <w:rsid w:val="003C4FF5"/>
     <w:rsid w:val="003C5D5F"/>
+    <w:rsid w:val="003D0ACE"/>
+    <w:rsid w:val="003E3445"/>
+    <w:rsid w:val="003F1897"/>
+    <w:rsid w:val="003F2E70"/>
+    <w:rsid w:val="00404275"/>
+    <w:rsid w:val="0041544F"/>
+    <w:rsid w:val="00422A7B"/>
+    <w:rsid w:val="00423303"/>
+    <w:rsid w:val="004246F6"/>
     <w:rsid w:val="00425C6E"/>
+    <w:rsid w:val="0042646E"/>
     <w:rsid w:val="00431132"/>
+    <w:rsid w:val="004319DB"/>
     <w:rsid w:val="00432F9A"/>
     <w:rsid w:val="0044154B"/>
     <w:rsid w:val="004432BA"/>
+    <w:rsid w:val="00443870"/>
+    <w:rsid w:val="00444432"/>
     <w:rsid w:val="00445F01"/>
+    <w:rsid w:val="0044657F"/>
+    <w:rsid w:val="004507A6"/>
+    <w:rsid w:val="00456503"/>
     <w:rsid w:val="00460A78"/>
-    <w:rsid w:val="00460D5E"/>
+    <w:rsid w:val="004615DD"/>
+    <w:rsid w:val="004677B8"/>
     <w:rsid w:val="00470BA5"/>
-    <w:rsid w:val="0047221D"/>
+    <w:rsid w:val="004711E5"/>
+    <w:rsid w:val="004719E2"/>
+    <w:rsid w:val="0047239A"/>
+    <w:rsid w:val="004736FB"/>
+    <w:rsid w:val="00484007"/>
+    <w:rsid w:val="004856F6"/>
+    <w:rsid w:val="00486488"/>
+    <w:rsid w:val="004864BF"/>
+    <w:rsid w:val="00491F99"/>
     <w:rsid w:val="00496260"/>
+    <w:rsid w:val="00497A6D"/>
+    <w:rsid w:val="004A1531"/>
     <w:rsid w:val="004A18B3"/>
     <w:rsid w:val="004A31B5"/>
     <w:rsid w:val="004A4C99"/>
     <w:rsid w:val="004A533E"/>
     <w:rsid w:val="004A5A94"/>
+    <w:rsid w:val="004A7952"/>
     <w:rsid w:val="004B6515"/>
+    <w:rsid w:val="004C0591"/>
+    <w:rsid w:val="004C11EF"/>
+    <w:rsid w:val="004C48C4"/>
     <w:rsid w:val="004C5B63"/>
+    <w:rsid w:val="004C6438"/>
+    <w:rsid w:val="004D3084"/>
     <w:rsid w:val="004D40D5"/>
     <w:rsid w:val="004E7337"/>
+    <w:rsid w:val="004E75BC"/>
+    <w:rsid w:val="004F3027"/>
+    <w:rsid w:val="004F40D0"/>
     <w:rsid w:val="004F4892"/>
+    <w:rsid w:val="004F4E41"/>
+    <w:rsid w:val="00502C87"/>
     <w:rsid w:val="00503289"/>
     <w:rsid w:val="005129E6"/>
+    <w:rsid w:val="005141ED"/>
+    <w:rsid w:val="00514E12"/>
+    <w:rsid w:val="005157EE"/>
+    <w:rsid w:val="00517E8F"/>
+    <w:rsid w:val="0052088E"/>
+    <w:rsid w:val="005308AC"/>
+    <w:rsid w:val="00533D9B"/>
+    <w:rsid w:val="005353BF"/>
+    <w:rsid w:val="0054381B"/>
     <w:rsid w:val="00556AC4"/>
+    <w:rsid w:val="00557B61"/>
+    <w:rsid w:val="00560A01"/>
+    <w:rsid w:val="005648B3"/>
+    <w:rsid w:val="00567400"/>
     <w:rsid w:val="00570430"/>
     <w:rsid w:val="005710F6"/>
-    <w:rsid w:val="0059061F"/>
+    <w:rsid w:val="005731DE"/>
+    <w:rsid w:val="00573E02"/>
+    <w:rsid w:val="00573E82"/>
+    <w:rsid w:val="00577BBE"/>
+    <w:rsid w:val="005830A2"/>
+    <w:rsid w:val="00583CFE"/>
     <w:rsid w:val="005A3498"/>
+    <w:rsid w:val="005A4F3A"/>
+    <w:rsid w:val="005B3830"/>
+    <w:rsid w:val="005C17DD"/>
+    <w:rsid w:val="005C2B28"/>
     <w:rsid w:val="005C3CAC"/>
     <w:rsid w:val="005C6A95"/>
     <w:rsid w:val="005D299D"/>
     <w:rsid w:val="005D62A5"/>
     <w:rsid w:val="005D66AC"/>
     <w:rsid w:val="005E0B0C"/>
+    <w:rsid w:val="005E5129"/>
     <w:rsid w:val="005E65F8"/>
-    <w:rsid w:val="006030F8"/>
+    <w:rsid w:val="005F5EB3"/>
+    <w:rsid w:val="005F6276"/>
+    <w:rsid w:val="00607C53"/>
     <w:rsid w:val="00615E0B"/>
+    <w:rsid w:val="00623677"/>
+    <w:rsid w:val="00626139"/>
+    <w:rsid w:val="006278F5"/>
+    <w:rsid w:val="0063417B"/>
+    <w:rsid w:val="00642539"/>
     <w:rsid w:val="00642932"/>
+    <w:rsid w:val="006432CE"/>
+    <w:rsid w:val="00647E4D"/>
+    <w:rsid w:val="00655E92"/>
+    <w:rsid w:val="00666478"/>
+    <w:rsid w:val="0066690E"/>
+    <w:rsid w:val="00670591"/>
+    <w:rsid w:val="00671C11"/>
+    <w:rsid w:val="006779F1"/>
     <w:rsid w:val="006813FF"/>
     <w:rsid w:val="006865BB"/>
+    <w:rsid w:val="006878CC"/>
+    <w:rsid w:val="00695756"/>
+    <w:rsid w:val="00697C62"/>
+    <w:rsid w:val="006A4D8A"/>
+    <w:rsid w:val="006A527F"/>
     <w:rsid w:val="006B17F4"/>
+    <w:rsid w:val="006B3266"/>
+    <w:rsid w:val="006B496B"/>
     <w:rsid w:val="006D0F79"/>
+    <w:rsid w:val="006D255B"/>
+    <w:rsid w:val="006E19C2"/>
+    <w:rsid w:val="006E39BC"/>
     <w:rsid w:val="006E6F3E"/>
+    <w:rsid w:val="006E7975"/>
+    <w:rsid w:val="006F0122"/>
+    <w:rsid w:val="006F047C"/>
+    <w:rsid w:val="006F338D"/>
+    <w:rsid w:val="006F35D0"/>
     <w:rsid w:val="007011D1"/>
     <w:rsid w:val="007076C6"/>
+    <w:rsid w:val="00707A77"/>
+    <w:rsid w:val="007117BC"/>
+    <w:rsid w:val="00712006"/>
     <w:rsid w:val="00712679"/>
     <w:rsid w:val="00717700"/>
+    <w:rsid w:val="00730AC9"/>
+    <w:rsid w:val="0073127E"/>
     <w:rsid w:val="00732D89"/>
+    <w:rsid w:val="00733C20"/>
+    <w:rsid w:val="0073588B"/>
     <w:rsid w:val="007366DA"/>
+    <w:rsid w:val="007411AF"/>
     <w:rsid w:val="0074279A"/>
+    <w:rsid w:val="007432E2"/>
     <w:rsid w:val="00760E37"/>
+    <w:rsid w:val="0076304C"/>
+    <w:rsid w:val="00764C78"/>
+    <w:rsid w:val="00764C7B"/>
+    <w:rsid w:val="00765ADF"/>
+    <w:rsid w:val="0076694F"/>
     <w:rsid w:val="0077008B"/>
     <w:rsid w:val="0077150E"/>
+    <w:rsid w:val="00773B2F"/>
     <w:rsid w:val="0077604B"/>
     <w:rsid w:val="00783A52"/>
     <w:rsid w:val="0079278F"/>
-    <w:rsid w:val="007929A6"/>
     <w:rsid w:val="00795A36"/>
-    <w:rsid w:val="007A3565"/>
+    <w:rsid w:val="007A1F9B"/>
+    <w:rsid w:val="007B0AF2"/>
+    <w:rsid w:val="007B4043"/>
     <w:rsid w:val="007B6971"/>
-    <w:rsid w:val="007C581F"/>
+    <w:rsid w:val="007C3133"/>
+    <w:rsid w:val="007D2116"/>
+    <w:rsid w:val="007D41E9"/>
+    <w:rsid w:val="007E24A8"/>
     <w:rsid w:val="007E325D"/>
+    <w:rsid w:val="007E39A5"/>
+    <w:rsid w:val="007E71DF"/>
+    <w:rsid w:val="007F10A4"/>
     <w:rsid w:val="007F296E"/>
     <w:rsid w:val="007F2A12"/>
+    <w:rsid w:val="007F3486"/>
+    <w:rsid w:val="007F5B32"/>
+    <w:rsid w:val="007F6A43"/>
+    <w:rsid w:val="00803675"/>
+    <w:rsid w:val="0081078E"/>
+    <w:rsid w:val="00810980"/>
+    <w:rsid w:val="00811F57"/>
+    <w:rsid w:val="008136DA"/>
+    <w:rsid w:val="0083256E"/>
+    <w:rsid w:val="00834A6F"/>
+    <w:rsid w:val="008374F9"/>
+    <w:rsid w:val="00840746"/>
+    <w:rsid w:val="00846E8B"/>
+    <w:rsid w:val="00851C34"/>
     <w:rsid w:val="00851D08"/>
+    <w:rsid w:val="00852B38"/>
     <w:rsid w:val="00854ECC"/>
+    <w:rsid w:val="00856608"/>
+    <w:rsid w:val="0085753D"/>
+    <w:rsid w:val="00862890"/>
+    <w:rsid w:val="008636C7"/>
     <w:rsid w:val="00865215"/>
     <w:rsid w:val="008728E1"/>
+    <w:rsid w:val="00875B76"/>
+    <w:rsid w:val="008814AF"/>
     <w:rsid w:val="00882653"/>
+    <w:rsid w:val="008877A6"/>
+    <w:rsid w:val="00892012"/>
+    <w:rsid w:val="008942C1"/>
+    <w:rsid w:val="00896DED"/>
+    <w:rsid w:val="008A3E32"/>
     <w:rsid w:val="008A5430"/>
     <w:rsid w:val="008A7606"/>
     <w:rsid w:val="008A7DF1"/>
-    <w:rsid w:val="008C0A3E"/>
+    <w:rsid w:val="008C1482"/>
+    <w:rsid w:val="008C3A6D"/>
+    <w:rsid w:val="008D0847"/>
+    <w:rsid w:val="008D09EB"/>
+    <w:rsid w:val="008D3E3D"/>
+    <w:rsid w:val="008D59E8"/>
+    <w:rsid w:val="008E0018"/>
     <w:rsid w:val="008E32E6"/>
-    <w:rsid w:val="008E6226"/>
+    <w:rsid w:val="008F3E25"/>
+    <w:rsid w:val="00903C11"/>
+    <w:rsid w:val="009150B7"/>
+    <w:rsid w:val="009158AC"/>
     <w:rsid w:val="0091650D"/>
+    <w:rsid w:val="00916FA8"/>
     <w:rsid w:val="00920DA4"/>
     <w:rsid w:val="00923404"/>
-    <w:rsid w:val="0094072B"/>
+    <w:rsid w:val="00924F3C"/>
+    <w:rsid w:val="00926A6F"/>
+    <w:rsid w:val="009338BD"/>
+    <w:rsid w:val="00940C57"/>
+    <w:rsid w:val="00940F60"/>
+    <w:rsid w:val="00942F28"/>
+    <w:rsid w:val="00953AD4"/>
+    <w:rsid w:val="00962420"/>
+    <w:rsid w:val="00966713"/>
+    <w:rsid w:val="0097401B"/>
+    <w:rsid w:val="00975833"/>
+    <w:rsid w:val="00984A92"/>
     <w:rsid w:val="0098595C"/>
-    <w:rsid w:val="00995541"/>
     <w:rsid w:val="00996634"/>
     <w:rsid w:val="009A0829"/>
+    <w:rsid w:val="009A15BB"/>
     <w:rsid w:val="009A1D01"/>
+    <w:rsid w:val="009A354C"/>
     <w:rsid w:val="009A3E40"/>
-    <w:rsid w:val="009B384C"/>
+    <w:rsid w:val="009A4290"/>
+    <w:rsid w:val="009A56F9"/>
+    <w:rsid w:val="009B0CFB"/>
+    <w:rsid w:val="009B70FC"/>
+    <w:rsid w:val="009B7601"/>
     <w:rsid w:val="009C53FB"/>
-    <w:rsid w:val="009C7B83"/>
+    <w:rsid w:val="009C5CF3"/>
     <w:rsid w:val="009D2D55"/>
     <w:rsid w:val="009D32BB"/>
+    <w:rsid w:val="009D62B1"/>
+    <w:rsid w:val="009E5932"/>
+    <w:rsid w:val="009E5C29"/>
+    <w:rsid w:val="009E68EA"/>
+    <w:rsid w:val="009F225B"/>
+    <w:rsid w:val="00A0281B"/>
+    <w:rsid w:val="00A119EE"/>
+    <w:rsid w:val="00A1666E"/>
+    <w:rsid w:val="00A275FB"/>
+    <w:rsid w:val="00A27D0D"/>
     <w:rsid w:val="00A316DE"/>
+    <w:rsid w:val="00A35468"/>
+    <w:rsid w:val="00A40DEE"/>
+    <w:rsid w:val="00A42AA0"/>
+    <w:rsid w:val="00A45F73"/>
+    <w:rsid w:val="00A50F50"/>
+    <w:rsid w:val="00A53ABC"/>
     <w:rsid w:val="00A57CD9"/>
     <w:rsid w:val="00A61A1B"/>
     <w:rsid w:val="00A654CF"/>
+    <w:rsid w:val="00A6782C"/>
+    <w:rsid w:val="00A71641"/>
+    <w:rsid w:val="00A75CFE"/>
+    <w:rsid w:val="00A761CE"/>
+    <w:rsid w:val="00A777A5"/>
     <w:rsid w:val="00A77B55"/>
+    <w:rsid w:val="00A83F01"/>
+    <w:rsid w:val="00A90E24"/>
+    <w:rsid w:val="00A917BC"/>
+    <w:rsid w:val="00A91E8E"/>
+    <w:rsid w:val="00A94BDC"/>
     <w:rsid w:val="00AA004D"/>
     <w:rsid w:val="00AA0501"/>
     <w:rsid w:val="00AA0CBD"/>
+    <w:rsid w:val="00AB0376"/>
     <w:rsid w:val="00AB1CC7"/>
     <w:rsid w:val="00AB2552"/>
     <w:rsid w:val="00AB2D57"/>
+    <w:rsid w:val="00AB441D"/>
+    <w:rsid w:val="00AC1967"/>
     <w:rsid w:val="00AC490C"/>
     <w:rsid w:val="00AC5A28"/>
     <w:rsid w:val="00AC62E1"/>
+    <w:rsid w:val="00AC6564"/>
+    <w:rsid w:val="00AD0CA7"/>
+    <w:rsid w:val="00AD1948"/>
+    <w:rsid w:val="00AD6B91"/>
+    <w:rsid w:val="00AE33D7"/>
+    <w:rsid w:val="00AE51A7"/>
     <w:rsid w:val="00AE57A6"/>
+    <w:rsid w:val="00AE5883"/>
+    <w:rsid w:val="00AF1663"/>
+    <w:rsid w:val="00AF33AF"/>
     <w:rsid w:val="00B02DDF"/>
+    <w:rsid w:val="00B07305"/>
     <w:rsid w:val="00B208EC"/>
+    <w:rsid w:val="00B22612"/>
+    <w:rsid w:val="00B23D4D"/>
     <w:rsid w:val="00B31F6F"/>
+    <w:rsid w:val="00B364D7"/>
     <w:rsid w:val="00B51F25"/>
+    <w:rsid w:val="00B6045B"/>
+    <w:rsid w:val="00B61EA0"/>
+    <w:rsid w:val="00B62F6C"/>
+    <w:rsid w:val="00B63ECE"/>
+    <w:rsid w:val="00B729AB"/>
+    <w:rsid w:val="00B81054"/>
     <w:rsid w:val="00B814BA"/>
+    <w:rsid w:val="00B81D9C"/>
+    <w:rsid w:val="00B83BE8"/>
     <w:rsid w:val="00B85426"/>
     <w:rsid w:val="00B90E27"/>
-    <w:rsid w:val="00B93570"/>
+    <w:rsid w:val="00B9158B"/>
+    <w:rsid w:val="00B93B7A"/>
     <w:rsid w:val="00BA02AA"/>
     <w:rsid w:val="00BA1821"/>
+    <w:rsid w:val="00BA2005"/>
     <w:rsid w:val="00BA3058"/>
+    <w:rsid w:val="00BA49F4"/>
+    <w:rsid w:val="00BA73CC"/>
+    <w:rsid w:val="00BB33D5"/>
     <w:rsid w:val="00BB5DF6"/>
-    <w:rsid w:val="00BD5F54"/>
+    <w:rsid w:val="00BB7BB5"/>
+    <w:rsid w:val="00BC5D8A"/>
+    <w:rsid w:val="00BC7BD4"/>
+    <w:rsid w:val="00BD4EA8"/>
+    <w:rsid w:val="00BE1F0E"/>
     <w:rsid w:val="00BE4917"/>
+    <w:rsid w:val="00BF3A6A"/>
     <w:rsid w:val="00BF5C9F"/>
+    <w:rsid w:val="00C00104"/>
     <w:rsid w:val="00C03605"/>
+    <w:rsid w:val="00C102D2"/>
     <w:rsid w:val="00C13E48"/>
+    <w:rsid w:val="00C2550F"/>
     <w:rsid w:val="00C26516"/>
+    <w:rsid w:val="00C26A00"/>
     <w:rsid w:val="00C2727C"/>
-    <w:rsid w:val="00C35CA8"/>
+    <w:rsid w:val="00C303E4"/>
+    <w:rsid w:val="00C336C3"/>
     <w:rsid w:val="00C36301"/>
+    <w:rsid w:val="00C36EA7"/>
     <w:rsid w:val="00C37832"/>
+    <w:rsid w:val="00C50626"/>
     <w:rsid w:val="00C66A53"/>
+    <w:rsid w:val="00C722EB"/>
+    <w:rsid w:val="00C73FD4"/>
     <w:rsid w:val="00C74734"/>
+    <w:rsid w:val="00C757C7"/>
+    <w:rsid w:val="00C7768E"/>
+    <w:rsid w:val="00C80E46"/>
+    <w:rsid w:val="00C8379E"/>
     <w:rsid w:val="00C8627E"/>
+    <w:rsid w:val="00C926EF"/>
+    <w:rsid w:val="00C9772F"/>
+    <w:rsid w:val="00C97FCF"/>
+    <w:rsid w:val="00CB03D0"/>
+    <w:rsid w:val="00CB179F"/>
     <w:rsid w:val="00CC6EF5"/>
     <w:rsid w:val="00CC7347"/>
+    <w:rsid w:val="00CD2537"/>
+    <w:rsid w:val="00CD25D5"/>
     <w:rsid w:val="00CD42D6"/>
     <w:rsid w:val="00CD6B61"/>
     <w:rsid w:val="00CD79ED"/>
     <w:rsid w:val="00CE3D47"/>
-    <w:rsid w:val="00CE7A3D"/>
+    <w:rsid w:val="00CF5231"/>
+    <w:rsid w:val="00D00FA5"/>
+    <w:rsid w:val="00D02B29"/>
+    <w:rsid w:val="00D119C5"/>
     <w:rsid w:val="00D12222"/>
+    <w:rsid w:val="00D13F5B"/>
+    <w:rsid w:val="00D201D5"/>
     <w:rsid w:val="00D21B0E"/>
+    <w:rsid w:val="00D24140"/>
+    <w:rsid w:val="00D25910"/>
+    <w:rsid w:val="00D276DA"/>
     <w:rsid w:val="00D3623C"/>
+    <w:rsid w:val="00D40849"/>
+    <w:rsid w:val="00D4179F"/>
     <w:rsid w:val="00D41D39"/>
     <w:rsid w:val="00D42E4E"/>
     <w:rsid w:val="00D43B42"/>
+    <w:rsid w:val="00D4523F"/>
+    <w:rsid w:val="00D45F13"/>
     <w:rsid w:val="00D51C50"/>
+    <w:rsid w:val="00D56B83"/>
+    <w:rsid w:val="00D633B8"/>
     <w:rsid w:val="00D64171"/>
+    <w:rsid w:val="00D646FF"/>
     <w:rsid w:val="00D704AD"/>
+    <w:rsid w:val="00D72463"/>
+    <w:rsid w:val="00D726CC"/>
     <w:rsid w:val="00D760E2"/>
-    <w:rsid w:val="00D84E22"/>
+    <w:rsid w:val="00D82F6B"/>
+    <w:rsid w:val="00D84679"/>
+    <w:rsid w:val="00D84A7E"/>
     <w:rsid w:val="00D921BA"/>
     <w:rsid w:val="00D950A7"/>
     <w:rsid w:val="00D97026"/>
+    <w:rsid w:val="00D97A1B"/>
+    <w:rsid w:val="00DA0F7C"/>
+    <w:rsid w:val="00DA21DE"/>
+    <w:rsid w:val="00DA3DF1"/>
+    <w:rsid w:val="00DB539C"/>
+    <w:rsid w:val="00DB6728"/>
+    <w:rsid w:val="00DC0CC4"/>
+    <w:rsid w:val="00DC195C"/>
+    <w:rsid w:val="00DC3F06"/>
+    <w:rsid w:val="00DC684C"/>
     <w:rsid w:val="00DD4B0C"/>
+    <w:rsid w:val="00DE00E9"/>
+    <w:rsid w:val="00DE0F54"/>
+    <w:rsid w:val="00DE0FAF"/>
     <w:rsid w:val="00DE16FD"/>
+    <w:rsid w:val="00DE78AA"/>
+    <w:rsid w:val="00DF0C9A"/>
+    <w:rsid w:val="00DF1596"/>
+    <w:rsid w:val="00DF37D2"/>
     <w:rsid w:val="00DF3B3D"/>
     <w:rsid w:val="00E05A3F"/>
+    <w:rsid w:val="00E12AF5"/>
     <w:rsid w:val="00E13439"/>
     <w:rsid w:val="00E15758"/>
+    <w:rsid w:val="00E20EC0"/>
+    <w:rsid w:val="00E22845"/>
+    <w:rsid w:val="00E229CB"/>
     <w:rsid w:val="00E2654A"/>
     <w:rsid w:val="00E314A5"/>
     <w:rsid w:val="00E34BD3"/>
-    <w:rsid w:val="00E350B0"/>
     <w:rsid w:val="00E42132"/>
+    <w:rsid w:val="00E51F18"/>
     <w:rsid w:val="00E570C8"/>
     <w:rsid w:val="00E6036D"/>
+    <w:rsid w:val="00E608D2"/>
     <w:rsid w:val="00E6577D"/>
+    <w:rsid w:val="00E665F6"/>
+    <w:rsid w:val="00E80745"/>
+    <w:rsid w:val="00E95E05"/>
+    <w:rsid w:val="00E963B1"/>
+    <w:rsid w:val="00E96B27"/>
+    <w:rsid w:val="00EA1098"/>
     <w:rsid w:val="00EB228D"/>
+    <w:rsid w:val="00EB3EB9"/>
+    <w:rsid w:val="00EB6E1C"/>
     <w:rsid w:val="00EC0160"/>
+    <w:rsid w:val="00EC6F39"/>
     <w:rsid w:val="00ED3D1F"/>
     <w:rsid w:val="00ED4AE1"/>
+    <w:rsid w:val="00ED66D7"/>
     <w:rsid w:val="00EE2F3E"/>
     <w:rsid w:val="00EE5292"/>
+    <w:rsid w:val="00EE5841"/>
+    <w:rsid w:val="00EE7694"/>
     <w:rsid w:val="00EF0563"/>
+    <w:rsid w:val="00EF2941"/>
+    <w:rsid w:val="00EF487F"/>
     <w:rsid w:val="00F051AD"/>
+    <w:rsid w:val="00F05CAB"/>
+    <w:rsid w:val="00F0653D"/>
+    <w:rsid w:val="00F120CF"/>
+    <w:rsid w:val="00F22753"/>
+    <w:rsid w:val="00F26CFC"/>
     <w:rsid w:val="00F30971"/>
+    <w:rsid w:val="00F31E3B"/>
+    <w:rsid w:val="00F479BA"/>
+    <w:rsid w:val="00F51FB2"/>
+    <w:rsid w:val="00F6247F"/>
+    <w:rsid w:val="00F663CD"/>
     <w:rsid w:val="00F6640F"/>
+    <w:rsid w:val="00F7160F"/>
     <w:rsid w:val="00F748F6"/>
     <w:rsid w:val="00F811D6"/>
     <w:rsid w:val="00F84FEF"/>
+    <w:rsid w:val="00FA116C"/>
     <w:rsid w:val="00FA1876"/>
     <w:rsid w:val="00FA1915"/>
-    <w:rsid w:val="00FA48DC"/>
+    <w:rsid w:val="00FA1BA0"/>
+    <w:rsid w:val="00FA279A"/>
+    <w:rsid w:val="00FA27C3"/>
+    <w:rsid w:val="00FA4226"/>
+    <w:rsid w:val="00FA7CC4"/>
     <w:rsid w:val="00FB0B13"/>
+    <w:rsid w:val="00FB0D1A"/>
+    <w:rsid w:val="00FB1744"/>
     <w:rsid w:val="00FB2155"/>
     <w:rsid w:val="00FD47DF"/>
+    <w:rsid w:val="00FE0E74"/>
+    <w:rsid w:val="00FE2291"/>
+    <w:rsid w:val="00FF162B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="08792FBA"/>
   <w15:docId w15:val="{159E8E83-BF85-4D54-ABFF-4EBD316662AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6717,51 +12107,50 @@
     <w:qFormat/>
     <w:rsid w:val="00E570C8"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E570C8"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C494D"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B17F4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
@@ -6901,55 +12290,67 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002810F8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002810F8"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008942C1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="624694628">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="732431558">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="80"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7016,50 +12417,63 @@
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="271595781">
                   <w:marLeft w:val="120"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="723482351">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="1157957084">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -7311,78 +12725,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92BE6119-6B6C-4270-8D50-DDB31723D66E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C4D9A03-E39B-4DB9-8A70-75BEA390D3FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7343</Characters>
+  <Pages>5</Pages>
+  <Words>2169</Words>
+  <Characters>10416</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>1736</Lines>
+  <Paragraphs>1398</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Royal London Group</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8614</CharactersWithSpaces>
+  <CharactersWithSpaces>11187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Home</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>